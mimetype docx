--- v0 (2025-10-12)
+++ v1 (2026-02-09)
@@ -4,62 +4,68 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0CA907BB" w14:textId="6E9D91A0" w:rsidR="005E4137" w:rsidRPr="00CB108D" w:rsidRDefault="003455BE">
+    <w:p w14:paraId="0CA907BB" w14:textId="2E5761C5" w:rsidR="005E4137" w:rsidRPr="00CB108D" w:rsidRDefault="003455BE">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">FORMULAIRE 2025 - </w:t>
+        <w:t>FORMULAIRE 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D12BB6">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="005E4137" w:rsidRPr="003455BE">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
         </w:rPr>
         <w:t>Commission scientifique régionale</w:t>
       </w:r>
       <w:r w:rsidR="006B6E6F" w:rsidRPr="003455BE">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005E4137" w:rsidRPr="003455BE">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
         </w:rPr>
         <w:t xml:space="preserve">des collections des musées de </w:t>
       </w:r>
       <w:r w:rsidRPr="003455BE">
         <w:rPr>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
         </w:rPr>
         <w:t xml:space="preserve">France </w:t>
       </w:r>
@@ -86,91 +92,91 @@
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B9A42B0" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="005E4137" w:rsidP="00551ED2">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:spacing w:after="240"/>
         <w:ind w:left="-284"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="0077405B">
         <w:rPr>
           <w:b w:val="0"/>
           <w:i/>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>Les astérisques renvoient au mode d’emploi de ce formulaire</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77FD24CA" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE" w:rsidP="00D27EAA">
+    <w:p w14:paraId="77FD24CA" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44" w:rsidP="00D27EAA">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
           <w:caps w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:caps w:val="0"/>
           </w:rPr>
           <w:id w:val="1613474511"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A74C28">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="005E4137">
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Date de la Commission :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="457944D4" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE" w:rsidP="00D27EAA">
+    <w:p w14:paraId="457944D4" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44" w:rsidP="00D27EAA">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:caps w:val="0"/>
           </w:rPr>
           <w:id w:val="920457636"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C20E07">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>☐</w:t>
@@ -562,99 +568,91 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>PSC validé</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4388" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="63C87B6B" w14:textId="77777777" w:rsidR="0077405B" w:rsidRDefault="003455BE" w:rsidP="00D27EAA">
+          <w:p w14:paraId="63C87B6B" w14:textId="77777777" w:rsidR="0077405B" w:rsidRDefault="003F6A44" w:rsidP="00D27EAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-11767196"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C20E07">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="0077405B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>oui</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">oui </w:t>
             </w:r>
             <w:r w:rsidR="0077405B" w:rsidRPr="00D27EAA">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(date)  </w:t>
             </w:r>
             <w:r w:rsidR="00791C63">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="0077405B" w:rsidRPr="00D27EAA">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
@@ -715,99 +713,91 @@
             <w:r w:rsidR="00791C63">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>* </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4388" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1016DFFC" w14:textId="77777777" w:rsidR="0077405B" w:rsidRDefault="003455BE" w:rsidP="00C20E07">
+          <w:p w14:paraId="1016DFFC" w14:textId="77777777" w:rsidR="0077405B" w:rsidRDefault="003F6A44" w:rsidP="00C20E07">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="682552055"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C20E07">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="0077405B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>oui</w:t>
-[...6 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve">oui </w:t>
             </w:r>
             <w:r w:rsidR="0077405B" w:rsidRPr="00D27EAA">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(date)</w:t>
             </w:r>
             <w:r w:rsidR="0077405B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00791C63">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:r w:rsidR="0077405B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
@@ -998,95 +988,95 @@
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Domaine</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3652"/>
         <w:gridCol w:w="5387"/>
       </w:tblGrid>
       <w:tr w:rsidR="0077405B" w14:paraId="481A2EDA" w14:textId="77777777" w:rsidTr="00D27EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2F3C2795" w14:textId="77777777" w:rsidR="0077405B" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="2F3C2795" w14:textId="77777777" w:rsidR="0077405B" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-523944208"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E62674">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0077405B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Peinture</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="31C75BD1" w14:textId="77777777" w:rsidR="0077405B" w:rsidRDefault="003455BE" w:rsidP="002E655C">
+          <w:p w14:paraId="31C75BD1" w14:textId="77777777" w:rsidR="0077405B" w:rsidRDefault="003F6A44" w:rsidP="002E655C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1482508985"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
@@ -1100,233 +1090,233 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0077405B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Cadre</w:t>
             </w:r>
             <w:r w:rsidR="002E655C">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> *</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D27EAA" w14:paraId="4FBFB130" w14:textId="77777777" w:rsidTr="00D27EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2F843770" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003455BE" w:rsidP="00D27EAA">
+          <w:p w14:paraId="2F843770" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003F6A44" w:rsidP="00D27EAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-927494725"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D27EAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sculpture</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7E4FA025" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003455BE" w:rsidP="00D27EAA">
+          <w:p w14:paraId="7E4FA025" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003F6A44" w:rsidP="00D27EAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="126976114"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D27EAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Objet d’art</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D27EAA" w14:paraId="3A5916B8" w14:textId="77777777" w:rsidTr="00D27EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="07FD611F" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003455BE" w:rsidP="00D27EAA">
+          <w:p w14:paraId="07FD611F" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003F6A44" w:rsidP="00D27EAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1932198086"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D27EAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Art co</w:t>
             </w:r>
             <w:r w:rsidR="00791C63">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ntemporain</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1E839E35" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003455BE" w:rsidP="00D27EAA">
+          <w:p w14:paraId="1E839E35" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003F6A44" w:rsidP="00D27EAA">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-92406046"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D27EAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Photographie</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D27EAA" w14:paraId="361FA9B2" w14:textId="77777777" w:rsidTr="00D27EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="06C964EB" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003455BE" w:rsidP="00D27EAA">
+          <w:p w14:paraId="06C964EB" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003F6A44" w:rsidP="00D27EAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1086447674"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -1346,276 +1336,276 @@
             <w:r w:rsidR="00EF5E87" w:rsidRPr="00791C63">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="00D27EAA" w:rsidRPr="00791C63">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>rts</w:t>
             </w:r>
             <w:r w:rsidR="00D27EAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> graphiques</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="77313733" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003455BE" w:rsidP="00D27EAA">
+          <w:p w14:paraId="77313733" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003F6A44" w:rsidP="00D27EAA">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1680648103"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D27EAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Imprimé</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D27EAA" w14:paraId="3B5C1D5F" w14:textId="77777777" w:rsidTr="00D27EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="77BDE967" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003455BE" w:rsidP="00D27EAA">
+          <w:p w14:paraId="77BDE967" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003F6A44" w:rsidP="00D27EAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1038168810"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D27EAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Archéologie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB00928" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003455BE" w:rsidP="00D27EAA">
+          <w:p w14:paraId="4BB00928" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003F6A44" w:rsidP="00D27EAA">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1838374650"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C20E07">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D27EAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Patrimoine scientifique/technique</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D27EAA" w14:paraId="1F390675" w14:textId="77777777" w:rsidTr="00D27EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="57DF972F" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003455BE" w:rsidP="00D27EAA">
+          <w:p w14:paraId="57DF972F" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003F6A44" w:rsidP="00D27EAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1974895369"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D27EAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Patrimoine ethnographique</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5387" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="37B7BF77" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003455BE" w:rsidP="00D27EAA">
+          <w:p w14:paraId="37B7BF77" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003F6A44" w:rsidP="00D27EAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1111354105"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D27EAA">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Patrimoine naturel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D27EAA" w14:paraId="0CC6E9F5" w14:textId="77777777" w:rsidTr="00D27EAA">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9039" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="69B98241" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003455BE" w:rsidP="00D27EAA">
+          <w:p w14:paraId="69B98241" w14:textId="77777777" w:rsidR="00D27EAA" w:rsidRDefault="003F6A44" w:rsidP="00D27EAA">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1867242089"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -2146,99 +2136,85 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="47D7298F" w14:textId="77777777" w:rsidR="007B52DE" w:rsidRPr="00E62674" w:rsidRDefault="003455BE" w:rsidP="00D27EAA">
+          <w:p w14:paraId="47D7298F" w14:textId="77777777" w:rsidR="007B52DE" w:rsidRPr="00E62674" w:rsidRDefault="003F6A44" w:rsidP="00D27EAA">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-130478537"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1315790052"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D27EAA">
@@ -2320,96 +2296,82 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00347E13">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Recolnat</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="387FB8DB" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="387FB8DB" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-782342550"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="988683493"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00791C63">
@@ -2463,51 +2425,51 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Numéro(s) d’inventaire(s) :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00453403" w14:paraId="05558BA6" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="721EDC49" w14:textId="77777777" w:rsidR="00453403" w:rsidRDefault="003455BE" w:rsidP="00791C63">
+          <w:p w14:paraId="721EDC49" w14:textId="77777777" w:rsidR="00453403" w:rsidRDefault="003F6A44" w:rsidP="00791C63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-840689177"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
@@ -2519,145 +2481,131 @@
             <w:r w:rsidR="00453403" w:rsidRPr="00347E13">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00453403">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>L’œuvre est-elle marquée ?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="24F5D0BC" w14:textId="77777777" w:rsidR="00453403" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="24F5D0BC" w14:textId="77777777" w:rsidR="00453403" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-34583464"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00453403" w:rsidRPr="00347E13">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="735506784"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00791C63">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="6341A5E5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3DDB207E" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="3DDB207E" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1544552107"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -2743,146 +2691,132 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Avis de la commission scientifique régionale d’acquisition (date, avis) :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="50010C0A" w14:textId="77777777" w:rsidR="00A74C28" w:rsidRDefault="00A74C28">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="0740BB8A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1BEBEC9D" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE" w:rsidP="00791C63">
+          <w:p w14:paraId="1BEBEC9D" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44" w:rsidP="00791C63">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1124264349"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00791C63">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Protection au titre des MH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="44E10319" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="44E10319" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1452852398"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="499856555"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
@@ -3032,111 +2966,97 @@
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="373354126"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="665124111"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00791C63">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="2052730D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2688" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="29CE48A4" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE" w:rsidP="00453403">
+          <w:p w14:paraId="29CE48A4" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44" w:rsidP="00453403">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1949889803"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -3225,99 +3145,99 @@
         </w:rPr>
         <w:t>NATURE DU DOSSIER</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9067"/>
       </w:tblGrid>
       <w:tr w:rsidR="005E4137" w14:paraId="2D32AD90" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1C741ABE" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="1C741ABE" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1832054742"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Présentation d’un accord-cadre pluriannuel avant consultation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="0860A367" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0C392C2E" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="0C392C2E" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1688176393"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -3336,51 +3256,51 @@
               <w:t xml:space="preserve">CCTP </w:t>
             </w:r>
             <w:r w:rsidR="005E4137" w:rsidRPr="00551ED2">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>avant consultation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="28B64E5E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7E694CDA" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="7E694CDA" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1228598894"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -3421,51 +3341,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>d'une</w:t>
             </w:r>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> intervention avec devis des intervenants retenus</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00453403" w14:paraId="325761CB" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="74E939B2" w14:textId="77777777" w:rsidR="00453403" w:rsidRDefault="003455BE" w:rsidP="00453403">
+          <w:p w14:paraId="74E939B2" w14:textId="77777777" w:rsidR="00453403" w:rsidRDefault="003F6A44" w:rsidP="00453403">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1448731854"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -3587,149 +3507,149 @@
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>RESTAURATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="1C205638" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4BE0035C" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="00791C63" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="4BE0035C" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="00791C63" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="530157518"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07" w:rsidRPr="00791C63">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137" w:rsidRPr="00791C63">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Création ou rénovation d’un musée</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6BEDC80C" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="6BEDC80C" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1967654333"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Création ou rénovation d’un musée</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="3561F413" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F985E83" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="1F985E83" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="952519752"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
@@ -3747,51 +3667,51 @@
             <w:r w:rsidR="00791C63">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="336E9BF6" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="336E9BF6" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1406731434"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -3807,493 +3727,493 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="717BF190" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="09DD503A" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="09DD503A" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-861817915"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mesure d’urgence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0A5B73F3" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="0A5B73F3" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="664827725"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mesure d’urgence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="235EEDEA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3AEF1BAC" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="3AEF1BAC" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-357661796"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Etude en conservation préventive</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="020560CB" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="020560CB" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="466470253"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Etude préalable / de faisabilité</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="4FFDD92C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0BD9FD42" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="0BD9FD42" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1136609044"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Création ou aménagement de réserves</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="44D58FE3" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="44D58FE3" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1114559354"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Programme annuel ou pluriannuel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="373E276A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5881416D" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="5881416D" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="524686010"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Amélioration des conditions de stockage ou présentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="71B7E7A2" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="71B7E7A2" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1312367649"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Exposition temporaire</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="04FB12FA" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4530" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="667AE732" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="667AE732" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1048440762"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Autre :</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="14045344" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="14045344" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1719472072"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -4630,195 +4550,195 @@
       <w:r>
         <w:t>Modalités de la consultation :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9067"/>
       </w:tblGrid>
       <w:tr w:rsidR="005E4137" w14:paraId="6F1B1E7C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="55D88960" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="55D88960" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1994829362"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Devis unique</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="4674D6B9" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7E6D697D" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="7E6D697D" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="241765387"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mise en concurrence </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="3B441772" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0B5E49DB" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE" w:rsidP="00DE392F">
+          <w:p w14:paraId="0B5E49DB" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44" w:rsidP="00DE392F">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1211614624"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00DE392F">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Marché public </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00DE392F" w14:paraId="5E9C1D5E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3E4455CB" w14:textId="77777777" w:rsidR="00DE392F" w:rsidRDefault="003455BE" w:rsidP="00DE392F">
+          <w:p w14:paraId="3E4455CB" w14:textId="77777777" w:rsidR="00DE392F" w:rsidRDefault="003F6A44" w:rsidP="00DE392F">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-152293582"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
@@ -5338,51 +5258,51 @@
           </w:tcPr>
           <w:p w14:paraId="126D70C0" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="005E4137">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0B8B1F30" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="005E4137">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4EF25010" w14:textId="77777777" w:rsidR="00DE392F" w:rsidRPr="00DE392F" w:rsidRDefault="005E4137" w:rsidP="00DE392F">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE392F">
         <w:t xml:space="preserve">Comité scientifique de suivi (avec experts </w:t>
       </w:r>
       <w:r w:rsidR="00DE392F" w:rsidRPr="00DE392F">
         <w:t>EXTERIEURS) *</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40F65EA3" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="00DE392F" w:rsidRDefault="003455BE" w:rsidP="00DE392F">
+    <w:p w14:paraId="40F65EA3" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="00DE392F" w:rsidRDefault="003F6A44" w:rsidP="00DE392F">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
         <w:rPr>
           <w:b w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
           </w:rPr>
           <w:id w:val="-1785957163"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C20E07">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:b w:val="0"/>
             </w:rPr>
@@ -5445,51 +5365,51 @@
       <w:r w:rsidR="00DE392F">
         <w:t xml:space="preserve"> au dossier</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9067"/>
       </w:tblGrid>
       <w:tr w:rsidR="005E4137" w14:paraId="177AEA6B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="07A31C22" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE" w:rsidP="00DE392F">
+          <w:p w14:paraId="07A31C22" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44" w:rsidP="00DE392F">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1568140762"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -5513,147 +5433,147 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="7E489BE5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="617FC8D6" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="617FC8D6" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="512652207"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cahier des charges ou CCTP ayant servi à la consultation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="677857CC" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="42919E72" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="42919E72" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1443802699"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Proposition d’intervention, note méthodologique et bordereau de prix du (des) prestataire(s) retenu(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="70198A30" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0ECD2BE4" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="0ECD2BE4" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-767852337"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -5663,99 +5583,99 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> CV ou niveau de qualification </w:t>
             </w:r>
             <w:r w:rsidR="00244B92">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>du (des) prestataire(s) retenu(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="45DBAA76" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1ED754C4" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="1ED754C4" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-604424277"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07" w:rsidRPr="0009690B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137" w:rsidRPr="0009690B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Accord du déposant (si dépôt)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="57EB84A0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="172740BE" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="172740BE" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-323827475"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07" w:rsidRPr="0009690B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -5786,147 +5706,147 @@
       <w:r>
         <w:t>INFORMATIONS COMPLEMENTAIRES FACULTATIVES JOINTES AU DOSSIER</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9067"/>
       </w:tblGrid>
       <w:tr w:rsidR="005E4137" w14:paraId="0E073B65" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="54D86E2B" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="54D86E2B" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2144081826"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Bibliographie relative à la collection</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="77555B97" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="467E537A" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="467E537A" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-197935283"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eléments d’histoire matérielle de la collection et de son environnement</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="590F042B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="20A79BC1" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="20A79BC1" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1646389966"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -6149,112 +6069,103 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Assistantes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="30158553" w14:textId="075211E4" w:rsidR="0009690B" w:rsidRDefault="00A17EAF" w:rsidP="006301EB">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="30158553" w14:textId="6C16268A" w:rsidR="0009690B" w:rsidRDefault="00D12BB6" w:rsidP="006301EB">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidRPr="0005358D">
+              <w:r w:rsidRPr="00391CCA">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
-                <w:t>sophie.charpentier@culture.gouv.fr</w:t>
+                <w:t>musees.occitanie@culture.gouv.fr</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="0009690B">
-[...6 lines deleted...]
-          <w:p w14:paraId="44A89D8A" w14:textId="77777777" w:rsidR="007A681B" w:rsidRDefault="007A681B" w:rsidP="006301EB">
+          </w:p>
+          <w:p w14:paraId="44A89D8A" w14:textId="42EA8E96" w:rsidR="007A681B" w:rsidRDefault="007A681B" w:rsidP="006301EB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sylvie MASSON, </w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t>(site de Montpellier</w:t>
+            </w:r>
+            <w:r w:rsidR="00D12BB6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ET </w:t>
+            </w:r>
+            <w:r w:rsidR="003F6A44">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de </w:t>
+            </w:r>
+            <w:r w:rsidR="00D12BB6">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Toulouse</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (site de Montpellier)</w:t>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13B08F8D" w14:textId="77777777" w:rsidR="007A681B" w:rsidRDefault="007A681B" w:rsidP="006301EB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7E0B5974" w14:textId="77777777" w:rsidR="00504575" w:rsidRDefault="00504575" w:rsidP="00504575">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1473A4C4" w14:textId="77777777" w:rsidR="00504575" w:rsidRDefault="00504575" w:rsidP="00504575">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="33849CCA" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="002065C5" w:rsidRDefault="0008428B" w:rsidP="00504575">
       <w:pPr>
@@ -6691,71 +6602,51 @@
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="005E4137">
         <w:t xml:space="preserve"> NON</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7CD40847" w14:textId="77777777" w:rsidR="00890AA1" w:rsidRPr="00244B92" w:rsidRDefault="00890AA1">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00244B92">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> les éléments les plus pertinents au dossier le cas échéant)</w:t>
+        <w:t>(joindre les éléments les plus pertinents au dossier le cas échéant)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D4E8B9E" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="00E12896" w:rsidRDefault="005E4137">
       <w:pPr>
         <w:pStyle w:val="Commentaire1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="794F281A" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="005E4137">
       <w:pPr>
         <w:pStyle w:val="Commentaire1"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>CONSTAT D’ETAT SUCCINCT :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
@@ -7029,51 +6920,51 @@
       <w:r>
         <w:t>Modalités de la consultation :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9067"/>
       </w:tblGrid>
       <w:tr w:rsidR="005E4137" w14:paraId="37157BD3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6FD41ACF" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="6FD41ACF" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1342703601"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -7089,99 +6980,99 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>emande de d</w:t>
             </w:r>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>evis unique</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="71EF7F08" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4E3C149C" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="4E3C149C" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-875461922"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Mise en concurrence</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="11EF7E0B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0BE9585C" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="0BE9585C" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-349112667"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -7191,51 +7082,51 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Marché pub</w:t>
             </w:r>
             <w:r w:rsidR="007320FE">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>lic</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007320FE" w14:paraId="774D9A1E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2BC31D73" w14:textId="77777777" w:rsidR="007320FE" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="2BC31D73" w14:textId="77777777" w:rsidR="007320FE" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1801070788"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
@@ -7728,51 +7619,51 @@
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="00DF5511" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="005E4137">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="12CF0AED" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="005E4137">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="39659234" w14:textId="77777777" w:rsidR="00890AA1" w:rsidRPr="00DE392F" w:rsidRDefault="00890AA1" w:rsidP="00890AA1">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
       </w:pPr>
       <w:r w:rsidRPr="00DE392F">
         <w:t>Comité scientifique de suivi (avec experts EXTERIEURS) *</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08A6B836" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE" w:rsidP="00551ED2">
+    <w:p w14:paraId="08A6B836" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44" w:rsidP="00551ED2">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:ind w:left="-142"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b w:val="0"/>
           </w:rPr>
           <w:id w:val="747004732"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00C20E07">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -7831,51 +7722,51 @@
       <w:r w:rsidR="00890AA1">
         <w:t xml:space="preserve"> au dossier</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9067"/>
       </w:tblGrid>
       <w:tr w:rsidR="005E4137" w14:paraId="2C242A09" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3202AFEF" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE" w:rsidP="00890AA1">
+          <w:p w14:paraId="3202AFEF" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44" w:rsidP="00890AA1">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2106074575"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -7886,195 +7777,195 @@
               </w:rPr>
               <w:t xml:space="preserve"> Photographies </w:t>
             </w:r>
             <w:r w:rsidR="00890AA1" w:rsidRPr="00551ED2">
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>de qualité*</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="379519FF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="026D5651" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="026D5651" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-793508642"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cahier des charges ou CCTP ayant servi à la consultation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="705DB8CF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6E132ACC" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="6E132ACC" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="67236041"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Etude préalable si existante</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="35FD81E4" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5687E232" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="5687E232" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1333678712"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Proposition d’intervention, note méthodologique et bordereau de prix du (des) prestataire(s) retenu(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w14:paraId="3D0C7D7B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="596CC69E" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="596CC69E" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2019267179"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -8084,99 +7975,99 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> CV ou niveau de qualification </w:t>
             </w:r>
             <w:r w:rsidR="00244B92">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>du (des) prestataire(s) retenu(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w:rsidRPr="0009690B" w14:paraId="02EF22BF" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2336A89C" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="2336A89C" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1636379311"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07" w:rsidRPr="0009690B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137" w:rsidRPr="0009690B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Accord du déposant (si dépôt)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w:rsidRPr="0009690B" w14:paraId="51E81B17" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2B14A419" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="2B14A419" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-981932720"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07" w:rsidRPr="0009690B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -8201,51 +8092,51 @@
       <w:r w:rsidRPr="0009690B">
         <w:t>INFORMATIONS COMPLEMENTAIRES FACULTATIVES JOINTES AU DOSSIER</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9067"/>
       </w:tblGrid>
       <w:tr w:rsidR="005E4137" w:rsidRPr="0009690B" w14:paraId="16D0E863" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2C5A147E" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003455BE" w:rsidP="00890AA1">
+          <w:p w14:paraId="2C5A147E" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003F6A44" w:rsidP="00890AA1">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1938752243"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07" w:rsidRPr="0009690B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -8258,51 +8149,51 @@
               <w:t xml:space="preserve"> Bibliographie relative </w:t>
             </w:r>
             <w:r w:rsidR="005E4137" w:rsidRPr="0009690B">
               <w:rPr>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>au(x) bien(s)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w:rsidRPr="0009690B" w14:paraId="4A82EE0A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="676FE3CC" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003455BE" w:rsidP="00890AA1">
+          <w:p w14:paraId="676FE3CC" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003F6A44" w:rsidP="00890AA1">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1553117452"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07" w:rsidRPr="0009690B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -8312,147 +8203,147 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Eléments d’histoire matérielle</w:t>
             </w:r>
             <w:r w:rsidR="00F313C4" w:rsidRPr="0009690B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> des biens</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w:rsidRPr="0009690B" w14:paraId="4B285C7C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1BF2C2D0" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="1BF2C2D0" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2019193020"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07" w:rsidRPr="0009690B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137" w:rsidRPr="0009690B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Etudes, constats, diagnostics, opérations de conservation préventive ou restaurations antérieurs</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w:rsidRPr="0009690B" w14:paraId="135BDEB3" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6670E05B" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="6670E05B" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="662590108"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07" w:rsidRPr="0009690B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005E4137" w:rsidRPr="0009690B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Analyses scientifiques</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005E4137" w:rsidRPr="0009690B" w14:paraId="7F3EB8D5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="467B321F" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003455BE">
+          <w:p w14:paraId="467B321F" w14:textId="77777777" w:rsidR="005E4137" w:rsidRPr="0009690B" w:rsidRDefault="003F6A44">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1876578461"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07" w:rsidRPr="0009690B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
@@ -8547,86 +8438,86 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0BDE4C39" w14:textId="77777777" w:rsidR="007A681B" w:rsidRDefault="00AB4624" w:rsidP="00F954A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Ariane AUJOULAT, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="00C149C0">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>ariane.aujoulat@culture.gouv.fr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007A681B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(site de Toulouse)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6A1EEC63" w14:textId="77777777" w:rsidR="007A681B" w:rsidRDefault="007A681B" w:rsidP="00F954A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Noémie AUMASSON, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r w:rsidRPr="006C3C22">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>noemie.aumasson@culture.gouv.fr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (site de Montpellier)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F5F8F52" w14:textId="77777777" w:rsidR="007A681B" w:rsidRDefault="007A681B" w:rsidP="00F954A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -8649,106 +8540,91 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Assistantes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3D59C6BC" w14:textId="77777777" w:rsidR="007A681B" w:rsidRDefault="007A681B" w:rsidP="00F954A2">
-[...13 lines deleted...]
-              <w:r w:rsidRPr="006C3C22">
+          <w:p w14:paraId="36180773" w14:textId="32B940A6" w:rsidR="008D4319" w:rsidRDefault="008D4319" w:rsidP="00F954A2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="00391CCA">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
-                <w:t>camille.malherbe@culture.gouv.fr</w:t>
+                <w:t>musees.occitanie@culture.gouv.fr</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="3829F8C8" w14:textId="5031972C" w:rsidR="007A681B" w:rsidRDefault="007A681B" w:rsidP="00F954A2">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (site de Toulouse)</w:t>
-[...8 lines deleted...]
-            </w:pPr>
+              <w:t>(site de Montpellier</w:t>
+            </w:r>
+            <w:r w:rsidR="008D4319">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ET de Toulouse</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sylvie MASSON, </w:t>
-[...14 lines deleted...]
-              <w:t xml:space="preserve"> (site de Montpellier)</w:t>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3D39EC5E" w14:textId="77777777" w:rsidR="007A681B" w:rsidRDefault="007A681B" w:rsidP="00F954A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F0EC4DB" w14:textId="77777777" w:rsidR="007A681B" w:rsidRDefault="007A681B" w:rsidP="007A681B">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54A2DD4C" w14:textId="77777777" w:rsidR="00504575" w:rsidRDefault="00504575">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8961,51 +8837,51 @@
           <w:p w14:paraId="6F44313B" w14:textId="77777777" w:rsidR="00453403" w:rsidRDefault="00453403" w:rsidP="00551ED2">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Pourcentage (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00453403" w14:paraId="12889C4D" w14:textId="77777777" w:rsidTr="00453403">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="727101A6" w14:textId="77777777" w:rsidR="00453403" w:rsidRPr="0009690B" w:rsidRDefault="003455BE" w:rsidP="00551ED2">
+          <w:p w14:paraId="727101A6" w14:textId="77777777" w:rsidR="00453403" w:rsidRPr="0009690B" w:rsidRDefault="003F6A44" w:rsidP="00551ED2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1517650398"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07" w:rsidRPr="0009690B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -9052,51 +8928,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1BAB37CE" w14:textId="77777777" w:rsidR="00453403" w:rsidRDefault="00453403" w:rsidP="00551ED2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00453403" w14:paraId="32531ED0" w14:textId="77777777" w:rsidTr="00453403">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1DE0EDDF" w14:textId="77777777" w:rsidR="00453403" w:rsidRPr="0009690B" w:rsidRDefault="003455BE" w:rsidP="00551ED2">
+          <w:p w14:paraId="1DE0EDDF" w14:textId="77777777" w:rsidR="00453403" w:rsidRPr="0009690B" w:rsidRDefault="003F6A44" w:rsidP="00551ED2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2146488663"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07" w:rsidRPr="0009690B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -9143,51 +9019,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2DCD26B8" w14:textId="77777777" w:rsidR="00453403" w:rsidRDefault="00453403" w:rsidP="00551ED2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00453403" w14:paraId="268AAB4E" w14:textId="77777777" w:rsidTr="00453403">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="39D1CD5B" w14:textId="77777777" w:rsidR="00453403" w:rsidRDefault="003455BE" w:rsidP="00551ED2">
+          <w:p w14:paraId="39D1CD5B" w14:textId="77777777" w:rsidR="00453403" w:rsidRDefault="003F6A44" w:rsidP="00551ED2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1458293979"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -9234,51 +9110,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1EFE8D97" w14:textId="77777777" w:rsidR="00453403" w:rsidRDefault="00453403" w:rsidP="00551ED2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00453403" w14:paraId="7EBF67B0" w14:textId="77777777" w:rsidTr="00453403">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="30DA93D2" w14:textId="77777777" w:rsidR="00453403" w:rsidRDefault="003455BE" w:rsidP="00551ED2">
+          <w:p w14:paraId="30DA93D2" w14:textId="77777777" w:rsidR="00453403" w:rsidRDefault="003F6A44" w:rsidP="00551ED2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1663890816"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -9325,51 +9201,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7598B75D" w14:textId="77777777" w:rsidR="00453403" w:rsidRDefault="00453403" w:rsidP="00551ED2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00453403" w14:paraId="02B42843" w14:textId="77777777" w:rsidTr="00453403">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5811" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0FF9C35A" w14:textId="77777777" w:rsidR="00453403" w:rsidRDefault="003455BE" w:rsidP="00551ED2">
+          <w:p w14:paraId="0FF9C35A" w14:textId="77777777" w:rsidR="00453403" w:rsidRDefault="003F6A44" w:rsidP="00551ED2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1567406255"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00C20E07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -9565,80 +9441,80 @@
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="44A9E495" w14:textId="77777777" w:rsidR="007A681B" w:rsidRDefault="00114A8B" w:rsidP="00F954A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Ariane AUJOULAT</w:t>
             </w:r>
             <w:r w:rsidR="007A681B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r w:rsidRPr="00D9344A">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>ariane.aujoulat@culture.gouv.fr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="007A681B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (site de Toulouse)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44B2FA40" w14:textId="77777777" w:rsidR="007A681B" w:rsidRDefault="007A681B" w:rsidP="00F954A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Noémie AUMASSON, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r w:rsidRPr="006C3C22">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:t>noemie.aumasson@culture.gouv.fr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (site de Montpellier)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="21374617" w14:textId="77777777" w:rsidR="007A681B" w:rsidRDefault="007A681B" w:rsidP="00F954A2">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -9661,171 +9537,144 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Assistantes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0C8D0B2A" w14:textId="77777777" w:rsidR="007A681B" w:rsidRDefault="007A681B" w:rsidP="00F954A2">
-[...13 lines deleted...]
-              <w:r w:rsidRPr="006C3C22">
+          <w:p w14:paraId="0B8E32BB" w14:textId="77777777" w:rsidR="00753EA4" w:rsidRDefault="00753EA4" w:rsidP="00753EA4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidRPr="00391CCA">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
-                <w:t>camille.malherbe@culture.gouv.fr</w:t>
+                <w:t>musees.occitanie@culture.gouv.fr</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p w14:paraId="693CE222" w14:textId="5FBC2703" w:rsidR="00753EA4" w:rsidRDefault="00753EA4" w:rsidP="00753EA4">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (site de Toulouse)</w:t>
-[...31 lines deleted...]
-          <w:p w14:paraId="7366698D" w14:textId="77777777" w:rsidR="007A681B" w:rsidRDefault="007A681B" w:rsidP="00F954A2">
+              <w:t>(site de Montpellier ET de Toulouse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7366698D" w14:textId="77777777" w:rsidR="007A681B" w:rsidRDefault="007A681B" w:rsidP="00753EA4">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="161FCC4B" w14:textId="77777777" w:rsidR="007A681B" w:rsidRDefault="007A681B" w:rsidP="007A681B">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:highlight w:val="red"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5CED25AC" w14:textId="77777777" w:rsidR="00504575" w:rsidRDefault="00504575">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00504575" w:rsidSect="00531AEB">
-      <w:footerReference w:type="even" r:id="rId20"/>
-      <w:footerReference w:type="default" r:id="rId21"/>
+      <w:footerReference w:type="even" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId18"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1276" w:right="1417" w:bottom="1079" w:left="1417" w:header="720" w:footer="708" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360" w:charSpace="-2049"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="07DBC36D" w14:textId="77777777" w:rsidR="00B81DD0" w:rsidRDefault="00B81DD0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2D9A11E0" w14:textId="77777777" w:rsidR="00B81DD0" w:rsidRDefault="00B81DD0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
@@ -9878,51 +9727,51 @@
     <w:panose1 w:val="020B0602030504020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A0A3D31" w14:textId="77777777" w:rsidR="00531AEB" w:rsidRDefault="00531AEB">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4550"/>
         <w:tab w:val="left" w:pos="5818"/>
       </w:tabs>
       <w:ind w:right="260"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="222A35" w:themeColor="text2" w:themeShade="80"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="8496B0" w:themeColor="text2" w:themeTint="99"/>
         <w:spacing w:val="60"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>Page</w:t>
     </w:r>
     <w:r>
       <w:rPr>
@@ -10011,51 +9860,51 @@
         <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="323E4F" w:themeColor="text2" w:themeShade="BF"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="35DA4EA7" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="005E4137">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="191653442"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1728636285"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:p w14:paraId="3B8A9D22" w14:textId="77777777" w:rsidR="003E260E" w:rsidRDefault="003E260E">
             <w:pPr>
               <w:pStyle w:val="Pieddepage"/>
               <w:jc w:val="center"/>
             </w:pPr>
@@ -10142,76 +9991,76 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="4FBB005C" w14:textId="77777777" w:rsidR="005E4137" w:rsidRDefault="005E4137">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7D9B5F19" w14:textId="77777777" w:rsidR="00B81DD0" w:rsidRDefault="00B81DD0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="207709FA" w14:textId="77777777" w:rsidR="00B81DD0" w:rsidRDefault="00B81DD0">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Titre1"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="432"/>
         </w:tabs>
         <w:ind w:left="432" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Titre2"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
@@ -10306,192 +10155,200 @@
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="none"/>
       <w:pStyle w:val="Titre9"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="2086023630">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:stylePaneFormatFilter w:val="0000" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="0" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:defaultTableStyle w:val="Normal"/>
   <w:drawingGridHorizontalSpacing w:val="0"/>
   <w:drawingGridVerticalSpacing w:val="0"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:drawingGridHorizontalOrigin w:val="0"/>
   <w:drawingGridVerticalOrigin w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:strictFirstAndLastChars/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:adjustLineHeightInTable/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000F5D4A"/>
+    <w:rsid w:val="000472D6"/>
     <w:rsid w:val="0008428B"/>
     <w:rsid w:val="0009690B"/>
     <w:rsid w:val="000A4FF7"/>
     <w:rsid w:val="000C484A"/>
     <w:rsid w:val="000E1D44"/>
     <w:rsid w:val="000F5D4A"/>
     <w:rsid w:val="00114A8B"/>
     <w:rsid w:val="00144515"/>
     <w:rsid w:val="002065C5"/>
     <w:rsid w:val="00222673"/>
     <w:rsid w:val="00244B92"/>
+    <w:rsid w:val="00244BB9"/>
     <w:rsid w:val="00251430"/>
     <w:rsid w:val="002E655C"/>
     <w:rsid w:val="00340E20"/>
     <w:rsid w:val="003455BE"/>
     <w:rsid w:val="00347E13"/>
+    <w:rsid w:val="003505F9"/>
     <w:rsid w:val="003E260E"/>
+    <w:rsid w:val="003F6A44"/>
     <w:rsid w:val="00453403"/>
     <w:rsid w:val="00465F5D"/>
     <w:rsid w:val="00504575"/>
     <w:rsid w:val="00531AEB"/>
     <w:rsid w:val="005351F3"/>
     <w:rsid w:val="00551ED2"/>
     <w:rsid w:val="005D7A1C"/>
     <w:rsid w:val="005E4137"/>
     <w:rsid w:val="005F1DDD"/>
     <w:rsid w:val="006301EB"/>
     <w:rsid w:val="00665A51"/>
     <w:rsid w:val="006953E8"/>
     <w:rsid w:val="006B6E6F"/>
     <w:rsid w:val="007320FE"/>
+    <w:rsid w:val="00753EA4"/>
     <w:rsid w:val="0077405B"/>
     <w:rsid w:val="00791C63"/>
     <w:rsid w:val="007A681B"/>
     <w:rsid w:val="007B52DE"/>
     <w:rsid w:val="00873B5F"/>
     <w:rsid w:val="00890AA1"/>
+    <w:rsid w:val="008C230A"/>
+    <w:rsid w:val="008D4319"/>
     <w:rsid w:val="009215A6"/>
     <w:rsid w:val="00A17EAF"/>
     <w:rsid w:val="00A62CC9"/>
     <w:rsid w:val="00A74C28"/>
     <w:rsid w:val="00A924A0"/>
     <w:rsid w:val="00AB4624"/>
     <w:rsid w:val="00AD1CE0"/>
     <w:rsid w:val="00B81DD0"/>
     <w:rsid w:val="00BB06D8"/>
     <w:rsid w:val="00C20E07"/>
     <w:rsid w:val="00C56A4E"/>
     <w:rsid w:val="00C71AE5"/>
     <w:rsid w:val="00CB108D"/>
+    <w:rsid w:val="00D12BB6"/>
     <w:rsid w:val="00D27EAA"/>
     <w:rsid w:val="00D61328"/>
     <w:rsid w:val="00D63DA8"/>
     <w:rsid w:val="00DE392F"/>
     <w:rsid w:val="00E12896"/>
     <w:rsid w:val="00E5336B"/>
     <w:rsid w:val="00E62674"/>
     <w:rsid w:val="00E81E32"/>
     <w:rsid w:val="00EF5E87"/>
     <w:rsid w:val="00F15C39"/>
     <w:rsid w:val="00F313C4"/>
     <w:rsid w:val="00F563B3"/>
     <w:rsid w:val="00FA4D66"/>
     <w:rsid w:val="00FD24C7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:doNotEmbedSmartTags/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="53062529"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{2A6500E7-7996-406A-BA2F-65CCF011F72C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -11604,59 +11461,59 @@
     <w:semiHidden/>
     <w:rsid w:val="00C71AE5"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Mentionnonrsolue">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A17EAF"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ariane.aujoulat@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noemie.aumasson@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camille.malherbe@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ariane.aujoulat@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noemie.aumasson@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ariane.aujoulat@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sylvie.masson@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sylvie.masson@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.charpentier@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sylvie.masson@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noemie.aumasson@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:camille.malherbe@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ariane.aujoulat@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:musees.occitanie@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noemie.aumasson@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:musees.occitanie@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ariane.aujoulat@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noemie.aumasson@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:musees.occitanie@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noemie.aumasson@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ariane.aujoulat@culture.gouv.fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -11897,75 +11754,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6530AAA-7FA4-402A-B6C4-0C5D95E0D1E5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1398</Words>
-  <Characters>7692</Characters>
+  <Words>1342</Words>
+  <Characters>7385</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>61</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministère de la Culture</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9072</CharactersWithSpaces>
+  <CharactersWithSpaces>8710</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Utilisateur Windows</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="AppVersion">
     <vt:lpwstr>16.0000</vt:lpwstr>
   </property>