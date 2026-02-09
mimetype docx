--- v0 (2025-10-12)
+++ v1 (2026-02-09)
@@ -3,189 +3,184 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5DB38D37" w14:textId="0E3C16B6" w:rsidR="009157A7" w:rsidRDefault="00D14B44" w:rsidP="002B3CA5">
+    <w:p w14:paraId="5DB38D37" w14:textId="5D11B11A" w:rsidR="009157A7" w:rsidRDefault="00D14B44" w:rsidP="002B3CA5">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
       <w:r>
         <w:t>FORMULAIRE</w:t>
       </w:r>
       <w:r w:rsidR="00552F12">
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="00983A63">
-        <w:t>5</w:t>
+      <w:r w:rsidR="003D5692">
+        <w:t>6</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="00272A08" w:rsidRPr="00A51F79">
         <w:t>Co</w:t>
       </w:r>
       <w:r w:rsidR="009157A7">
         <w:t>mmission scientifique régionale</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4C3D7216" w14:textId="77777777" w:rsidR="008B4386" w:rsidRPr="007D0324" w:rsidRDefault="00272A08" w:rsidP="007D0324">
       <w:pPr>
         <w:pStyle w:val="Titre"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A51F79">
-        <w:t>des</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> collections</w:t>
+        <w:t>des collections</w:t>
       </w:r>
       <w:r w:rsidR="009157A7">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A51F79">
         <w:t xml:space="preserve">des musées de </w:t>
       </w:r>
       <w:r w:rsidR="004C198B">
         <w:t xml:space="preserve">France </w:t>
       </w:r>
       <w:r w:rsidRPr="00A51F79">
         <w:t>ACQUISITION</w:t>
       </w:r>
       <w:r w:rsidR="004C198B">
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidR="00163391">
         <w:t>Occitanie</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C4EA08A" w14:textId="77777777" w:rsidR="00272A08" w:rsidRPr="009472F1" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+    <w:p w14:paraId="6C4EA08A" w14:textId="77777777" w:rsidR="00272A08" w:rsidRPr="009472F1" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:caps w:val="0"/>
           </w:rPr>
           <w:id w:val="-1929103564"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00837C94" w:rsidRPr="009472F1">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00FC2D5B">
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Date de la Commission :</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F71B337" w14:textId="77777777" w:rsidR="000D0521" w:rsidRPr="009472F1" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+    <w:p w14:paraId="1F71B337" w14:textId="77777777" w:rsidR="000D0521" w:rsidRPr="009472F1" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:caps w:val="0"/>
           </w:rPr>
           <w:id w:val="228506873"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00E24EAF" w:rsidRPr="009472F1">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:caps w:val="0"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00E24EAF" w:rsidRPr="009472F1">
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Date de saisine de la délégation permanente </w:t>
       </w:r>
       <w:r w:rsidR="00CE59F0" w:rsidRPr="009472F1">
         <w:rPr>
           <w:caps w:val="0"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67F4F9CE" w14:textId="77777777" w:rsidR="00CD37CC" w:rsidRPr="009472F1" w:rsidRDefault="00983A63" w:rsidP="00CD37CC">
+    <w:p w14:paraId="67F4F9CE" w14:textId="77777777" w:rsidR="00CD37CC" w:rsidRPr="009472F1" w:rsidRDefault="00C33F54" w:rsidP="00CD37CC">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2835"/>
           <w:tab w:val="left" w:pos="5670"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:caps w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:caps w:val="0"/>
           </w:rPr>
           <w:id w:val="242000664"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
@@ -668,135 +663,135 @@
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="1990"/>
         <w:gridCol w:w="5234"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="6B6A05B6" w14:textId="77777777" w:rsidTr="003F1AB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="094AFF79" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="003F1AB9">
+          <w:p w14:paraId="094AFF79" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="003F1AB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1183711749"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Peinture</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D377956" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="003F1AB9">
+          <w:p w14:paraId="1D377956" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="003F1AB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-790669665"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sculpture</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74368A71" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="003F1AB9">
+          <w:p w14:paraId="74368A71" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="003F1AB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1876041360"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -828,135 +823,135 @@
             </w:r>
             <w:r w:rsidR="00A51F79">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>le cas échéant</w:t>
             </w:r>
             <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="544EB708" w14:textId="77777777" w:rsidTr="003F1AB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D6A1046" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="003F1AB9">
+          <w:p w14:paraId="5D6A1046" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="003F1AB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1230579013"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Objet d’art</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="48FF42B1" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="003F1AB9">
+          <w:p w14:paraId="48FF42B1" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="003F1AB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="220267896"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Art graphique </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="03AE6469" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="003F1AB9">
+          <w:p w14:paraId="03AE6469" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="003F1AB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-719284694"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -964,135 +959,135 @@
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Archéologie </w:t>
             </w:r>
             <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(remplir annexe 2 le cas échéant)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="772C8662" w14:textId="77777777" w:rsidTr="003F1AB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6AD09228" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="003F1AB9">
+          <w:p w14:paraId="6AD09228" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="003F1AB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="476736367"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Photographie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1990" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E840A15" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="003F1AB9">
+          <w:p w14:paraId="5E840A15" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="003F1AB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-718357051"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Imprimé</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A83A3B8" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="003F1AB9">
+          <w:p w14:paraId="0A83A3B8" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="003F1AB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1896890577"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -1101,93 +1096,93 @@
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Patrimoine naturel </w:t>
             </w:r>
             <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(remplir annexe 3 le cas échéant)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="1D9E869D" w14:textId="77777777" w:rsidTr="003F1AB9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3828" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="022C54D1" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="003F1AB9">
+          <w:p w14:paraId="022C54D1" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="003F1AB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-469053032"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Patrimoine scientifique/technique</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5234" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="79BE8919" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="003F1AB9">
+          <w:p w14:paraId="79BE8919" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="003F1AB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="566383089"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -1199,51 +1194,51 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Patrimoine ethnographique </w:t>
             </w:r>
             <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(remplir annexe 3 le cas échéant)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="1C6779F9" w14:textId="77777777" w:rsidTr="003F1AB9">
         <w:trPr>
           <w:trHeight w:val="282"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
-          <w:p w14:paraId="659EE942" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="003F1AB9">
+          <w:p w14:paraId="659EE942" w14:textId="77777777" w:rsidR="00B8321F" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="003F1AB9">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-744499486"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B8321F" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -1788,99 +1783,85 @@
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidR="00507602" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>/signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6516" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="479CB0B1" w14:textId="77777777" w:rsidR="0080151C" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="479CB0B1" w14:textId="77777777" w:rsidR="0080151C" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="863945058"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00507602" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00507602" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1000075661"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00507602" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00507602" w:rsidRPr="00A51F79">
@@ -1901,99 +1882,85 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Protection au titre des </w:t>
             </w:r>
             <w:r w:rsidR="006669B5" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>MH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6516" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="1DDC86FA" w14:textId="77777777" w:rsidR="002C1A70" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="1DDC86FA" w14:textId="77777777" w:rsidR="002C1A70" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1507794469"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00781845" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006669B5" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-832139820"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006669B5" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006669B5" w:rsidRPr="00A51F79">
@@ -2090,99 +2057,85 @@
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="14345920" w14:textId="77777777" w:rsidTr="00362744">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="28F714EA" w14:textId="77777777" w:rsidR="007B2FC4" w:rsidRPr="00A51F79" w:rsidRDefault="007B2FC4" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>État de conservation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6516" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="29EA1500" w14:textId="77777777" w:rsidR="007B2FC4" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="29EA1500" w14:textId="77777777" w:rsidR="007B2FC4" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-663931194"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007B2FC4" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007B2FC4" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> bon   </w:t>
+              <w:t xml:space="preserve"> très bon   </w:t>
             </w:r>
             <w:r w:rsidR="00450E00" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidR="007B2FC4" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1650823140"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -2297,99 +2250,85 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Constat d’état </w:t>
             </w:r>
             <w:r w:rsidR="005B0F0E" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(joint)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6516" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="735C97E2" w14:textId="77777777" w:rsidR="00450E00" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="735C97E2" w14:textId="77777777" w:rsidR="00450E00" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1465008276"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005B0F0E" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005B0F0E" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1252812637"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005B0F0E" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BB2BA6" w:rsidRPr="00A51F79">
@@ -2404,99 +2343,85 @@
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="7087C584" w14:textId="77777777" w:rsidTr="00362744">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="043E8555" w14:textId="77777777" w:rsidR="00450E00" w:rsidRPr="00A51F79" w:rsidRDefault="00450E00" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Objet vu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6516" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="6D8DB5E3" w14:textId="77777777" w:rsidR="00450E00" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00BB2BA6">
+          <w:p w14:paraId="6D8DB5E3" w14:textId="77777777" w:rsidR="00450E00" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00BB2BA6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1545676556"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00464E3C" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00450E00" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2036064595"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00450E00" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00450E00" w:rsidRPr="00A51F79">
@@ -2581,99 +2506,85 @@
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="72E3594B" w14:textId="77777777" w:rsidTr="00362744">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="23B14321" w14:textId="77777777" w:rsidR="00464E3C" w:rsidRPr="00A51F79" w:rsidRDefault="00464E3C" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Imagerie/examen préalable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6516" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
-          <w:p w14:paraId="62690B4C" w14:textId="77777777" w:rsidR="00464E3C" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00464E3C">
+          <w:p w14:paraId="62690B4C" w14:textId="77777777" w:rsidR="00464E3C" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00464E3C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1866866966"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00464E3C" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00464E3C" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1755042625"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00464E3C" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00464E3C" w:rsidRPr="00A51F79">
@@ -2894,99 +2805,85 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="0E430618" w14:textId="77777777" w:rsidR="00857ABB" w:rsidRPr="00A51F79" w:rsidRDefault="00857ABB" w:rsidP="00D362F3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Interpol</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1956" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3C4D928C" w14:textId="77777777" w:rsidR="00857ABB" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00D362F3">
+          <w:p w14:paraId="3C4D928C" w14:textId="77777777" w:rsidR="00857ABB" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00D362F3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-671418393"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00857ABB" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00857ABB" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-717197758"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00857ABB" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00857ABB" w:rsidRPr="00A51F79">
@@ -3004,244 +2901,202 @@
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="06FBD7CF" w14:textId="77777777" w:rsidR="00857ABB" w:rsidRPr="00A51F79" w:rsidRDefault="00857ABB" w:rsidP="00D362F3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>OCBC/Treima</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0692D69A" w14:textId="77777777" w:rsidR="00857ABB" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00D362F3">
+          <w:p w14:paraId="0692D69A" w14:textId="77777777" w:rsidR="00857ABB" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00D362F3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="586353588"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00857ABB" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00857ABB" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="936168828"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00857ABB" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00857ABB" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="16468EDF" w14:textId="77777777" w:rsidTr="00F537AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1951" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="01309A72" w14:textId="77777777" w:rsidR="00857ABB" w:rsidRPr="00A51F79" w:rsidRDefault="00FC2D5B" w:rsidP="00D362F3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bases </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> spoliés</w:t>
+              <w:t>Bases biens spoliés</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1163" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="40A1BDE3" w14:textId="77777777" w:rsidR="00857ABB" w:rsidRPr="00A51F79" w:rsidRDefault="00857ABB" w:rsidP="00D362F3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Looted Art</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1956" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="17FE8955" w14:textId="77777777" w:rsidR="00857ABB" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00D362F3">
+          <w:p w14:paraId="17FE8955" w14:textId="77777777" w:rsidR="00857ABB" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00D362F3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="708226335"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00857ABB" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00857ABB" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-468288280"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00857ABB" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00857ABB" w:rsidRPr="00A51F79">
@@ -3265,99 +3120,85 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ERR P</w:t>
             </w:r>
             <w:r w:rsidR="00857ABB" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>roject</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="32E85661" w14:textId="77777777" w:rsidR="00857ABB" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00D362F3">
+          <w:p w14:paraId="32E85661" w14:textId="77777777" w:rsidR="00857ABB" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00D362F3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1749996563"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00857ABB" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00857ABB" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1425602821"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00857ABB" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00857ABB" w:rsidRPr="00A51F79">
@@ -3652,93 +3493,93 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9062" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3256"/>
         <w:gridCol w:w="5806"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="4B9C86AE" w14:textId="77777777" w:rsidTr="003170AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="13D713F2" w14:textId="77777777" w:rsidR="003170AF" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="13D713F2" w14:textId="77777777" w:rsidR="003170AF" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="698590267"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003170AF" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FC2D5B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Achat de gré à gré</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5806" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D24E61C" w14:textId="77777777" w:rsidR="003170AF" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="3D24E61C" w14:textId="77777777" w:rsidR="003170AF" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-837620502"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003170AF" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -3752,99 +3593,99 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00507602" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="003170AF" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:rFonts w:eastAsia="MS Gothic"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>chat en vente publique</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207035" w:rsidRPr="00A51F79" w14:paraId="6A1EC158" w14:textId="77777777" w:rsidTr="003170AF">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3256" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4EE79821" w14:textId="77777777" w:rsidR="003170AF" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00D853D7">
+          <w:p w14:paraId="4EE79821" w14:textId="77777777" w:rsidR="003170AF" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00D853D7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-351264338"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003170AF" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003170AF" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Acqu</w:t>
             </w:r>
             <w:r w:rsidR="00D853D7" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>isition d’un trésor national</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5806" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25C3F871" w14:textId="77777777" w:rsidR="003170AF" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="25C3F871" w14:textId="77777777" w:rsidR="003170AF" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1255363908"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003170AF" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -3874,51 +3715,51 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="6662"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="3803767E" w14:textId="77777777" w:rsidTr="007B7F4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="586B4FEB" w14:textId="77777777" w:rsidR="003170AF" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="586B4FEB" w14:textId="77777777" w:rsidR="003170AF" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-902835661"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003170AF" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -3928,51 +3769,51 @@
             </w:sdt>
             <w:r w:rsidR="003170AF" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D853D7" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>A</w:t>
             </w:r>
             <w:r w:rsidR="003170AF" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>chat ferme</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27E5DAB1" w14:textId="77777777" w:rsidR="003170AF" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="27E5DAB1" w14:textId="77777777" w:rsidR="003170AF" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1628049047"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003170AF" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -3982,69 +3823,51 @@
             </w:sdt>
             <w:r w:rsidR="003170AF" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00D853D7" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="003170AF" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ar préemption </w:t>
             </w:r>
             <w:r w:rsidR="003170AF" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">(sous réserve de l’accord du </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> de la Culture)</w:t>
+              <w:t>(sous réserve de l’accord du Ministère de la Culture)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="1B179B7C" w14:textId="77777777" w:rsidTr="007B7F4C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77E59078" w14:textId="77777777" w:rsidR="007B7F4C" w:rsidRPr="00A51F79" w:rsidRDefault="00FC2D5B" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:r>
               <w:t>Lieu, date et n° de lot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3CE43D7C" w14:textId="77777777" w:rsidR="007B7F4C" w:rsidRPr="00A51F79" w:rsidRDefault="007B7F4C" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
@@ -4343,51 +4166,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1691" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3ED2975F" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="001D7B80" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Pourcentage (%)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="75ECD8C3" w14:textId="77777777" w:rsidTr="00362744">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E25C595" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="6E25C595" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="297267632"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E43E36" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -4425,51 +4248,51 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1691" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0B7A827E" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="001D7B80" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="6E1D83B3" w14:textId="77777777" w:rsidTr="00362744">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A44AB80" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="1A44AB80" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1287013811"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E43E36" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -4501,51 +4324,51 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1691" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1A55F17A" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="001D7B80" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="21D18FCF" w14:textId="77777777" w:rsidTr="00362744">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7D525492" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="7D525492" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1089279409"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E43E36" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -4577,51 +4400,51 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1691" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7F84B99C" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="001D7B80" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="297705E8" w14:textId="77777777" w:rsidTr="00362744">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F86AEAB" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="7F86AEAB" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1987504891"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E43E36" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -4653,51 +4476,51 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1691" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15639C7C" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="001D7B80" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="3C5707B4" w14:textId="77777777" w:rsidTr="00362744">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="562A6C59" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="562A6C59" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="516123145"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E43E36" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -4729,51 +4552,51 @@
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1691" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64236142" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="001D7B80" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="30F4BDAA" w14:textId="77777777" w:rsidTr="00362744">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71CF5F5A" w14:textId="77777777" w:rsidR="00661CD2" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="71CF5F5A" w14:textId="77777777" w:rsidR="00661CD2" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="649253622"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E43E36" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -4905,51 +4728,51 @@
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1980"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="2410"/>
         <w:gridCol w:w="2546"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="6AB1DD00" w14:textId="77777777" w:rsidTr="005E6537">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
           </w:tcPr>
-          <w:p w14:paraId="658CEECB" w14:textId="77777777" w:rsidR="006C6942" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="658CEECB" w14:textId="77777777" w:rsidR="006C6942" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1477107047"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006C6942" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -4964,371 +4787,371 @@
               <w:t xml:space="preserve"> Don manuel </w:t>
             </w:r>
             <w:r w:rsidR="006C6942" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(joindre impérativement un document attestant du don)</w:t>
             </w:r>
             <w:r w:rsidR="006C6942" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="17DF04BC" w14:textId="77777777" w:rsidTr="00783B2C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4478417C" w14:textId="77777777" w:rsidR="006C6942" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="4478417C" w14:textId="77777777" w:rsidR="006C6942" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="433719235"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006C6942" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FC2D5B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Donation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="54750EE2" w14:textId="77777777" w:rsidR="006C6942" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="54750EE2" w14:textId="77777777" w:rsidR="006C6942" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2000307909"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006C6942" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006C6942" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> En pleine propriété</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4956" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29C8CFF7" w14:textId="77777777" w:rsidR="006C6942" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="29C8CFF7" w14:textId="77777777" w:rsidR="006C6942" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="714093449"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00963327" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006C6942" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Sous réserve d’usufruit</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="6D2838F3" w14:textId="77777777" w:rsidTr="00783B2C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61C55725" w14:textId="77777777" w:rsidR="00661CD2" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="61C55725" w14:textId="77777777" w:rsidR="00661CD2" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="364191536"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00661CD2" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FC2D5B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Legs</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AACFEC8" w14:textId="77777777" w:rsidR="00661CD2" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="6AACFEC8" w14:textId="77777777" w:rsidR="00661CD2" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1466241838"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00661CD2" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00661CD2" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> A titre universel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09B71E6B" w14:textId="77777777" w:rsidR="00661CD2" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="09B71E6B" w14:textId="77777777" w:rsidR="00661CD2" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1884282984"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00661CD2" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00661CD2" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> A titre particulier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5116A797" w14:textId="77777777" w:rsidR="00661CD2" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="5116A797" w14:textId="77777777" w:rsidR="00661CD2" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1576625072"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003F2409" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00661CD2" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Universel</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="6A2CCDB1" w14:textId="77777777" w:rsidTr="00783B2C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B1DAE1A" w14:textId="77777777" w:rsidR="00A51F79" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="3B1DAE1A" w14:textId="77777777" w:rsidR="00A51F79" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1222055746"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A51F79" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
@@ -5380,143 +5203,143 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2546" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3A4452E4" w14:textId="77777777" w:rsidR="00A51F79" w:rsidRPr="00A51F79" w:rsidRDefault="00A51F79" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="46A57788" w14:textId="77777777" w:rsidTr="00783B2C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="53DBE979" w14:textId="77777777" w:rsidR="00783B2C" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00D853D7">
+          <w:p w14:paraId="53DBE979" w14:textId="77777777" w:rsidR="00783B2C" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00D853D7">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1861312594"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00783B2C" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00FC2D5B">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Cession de l'État</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3698AF8F" w14:textId="77777777" w:rsidR="00783B2C" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="3698AF8F" w14:textId="77777777" w:rsidR="00783B2C" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1462076464"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00783B2C" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D853D7" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fouilles</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2410" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A93CA4E" w14:textId="77777777" w:rsidR="00783B2C" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="1A93CA4E" w14:textId="77777777" w:rsidR="00783B2C" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:b/>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1252501966"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00783B2C" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
@@ -5580,104 +5403,90 @@
             <w:tcW w:w="3397" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4C181E6F" w14:textId="77777777" w:rsidR="006669B5" w:rsidRPr="00A51F79" w:rsidRDefault="005D4ED4" w:rsidP="00194AD3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Don assorti de conditions spécifiques</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54545A98" w14:textId="77777777" w:rsidR="006669B5" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="54545A98" w14:textId="77777777" w:rsidR="006669B5" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1326321386"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00507602" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005D4ED4" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1827940340"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005D4ED4" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005D4ED4" w:rsidRPr="00A51F79">
@@ -5696,104 +5505,90 @@
           </w:tcPr>
           <w:p w14:paraId="661CDAE4" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="001D7B80" w:rsidP="00194AD3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Demande de reçu fiscal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5665" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C0651F0" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="7C0651F0" w14:textId="77777777" w:rsidR="001D7B80" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-116910518"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001D7B80" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001D7B80" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1458371087"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001D7B80" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001D7B80" w:rsidRPr="00A51F79">
@@ -5880,152 +5675,152 @@
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="1984"/>
         <w:gridCol w:w="5523"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="415B41C0" w14:textId="77777777" w:rsidTr="00783B2C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="74E7D441" w14:textId="77777777" w:rsidR="00783B2C" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="74E7D441" w14:textId="77777777" w:rsidR="00783B2C" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1335259943"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00783B2C" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00783B2C" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Particulier</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1984" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7CC6ACAF" w14:textId="77777777" w:rsidR="00783B2C" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="7CC6ACAF" w14:textId="77777777" w:rsidR="00783B2C" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1848207152"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00783B2C" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00783B2C" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Professionnel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5523" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CDBA524" w14:textId="77777777" w:rsidR="00783B2C" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="6CDBA524" w14:textId="77777777" w:rsidR="00783B2C" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-561559795"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00783B2C" w:rsidRPr="00A51F79">
@@ -6426,51 +6221,51 @@
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="13F7C6D6" w14:textId="77777777" w:rsidR="002629D6" w:rsidRDefault="002629D6" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="2393B2EC" w14:textId="77777777" w:rsidR="009157A7" w:rsidRPr="00A51F79" w:rsidRDefault="009157A7" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="65CAF447" w14:textId="77777777" w:rsidR="00272A08" w:rsidRPr="00A51F79" w:rsidRDefault="00543592" w:rsidP="00194AD3">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00A51F79">
         <w:t>Avis et expertises sollicités</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="360A3AF5" w14:textId="77777777" w:rsidR="00272A08" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="008D374B">
+    <w:p w14:paraId="360A3AF5" w14:textId="77777777" w:rsidR="00272A08" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="008D374B">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1940745969"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00543592" w:rsidRPr="00A51F79">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002629D6" w:rsidRPr="00A51F79">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6675,51 +6470,51 @@
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(à joindre à la demande)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="351EA798" w14:textId="77777777" w:rsidR="00406C2E" w:rsidRPr="00A51F79" w:rsidRDefault="00406C2E" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3153C0D6" w14:textId="77777777" w:rsidR="00272A08" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="008D374B">
+    <w:p w14:paraId="3153C0D6" w14:textId="77777777" w:rsidR="00272A08" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="008D374B">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="1230661151"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00543592" w:rsidRPr="00A51F79">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002629D6" w:rsidRPr="00A51F79">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -6936,51 +6731,51 @@
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:i/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(à joindre à la demande)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5381" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77889901" w14:textId="77777777" w:rsidR="00406C2E" w:rsidRPr="00A51F79" w:rsidRDefault="00406C2E" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3E3DEA5A" w14:textId="77777777" w:rsidR="00272A08" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="008D374B">
+    <w:p w14:paraId="3E3DEA5A" w14:textId="77777777" w:rsidR="00272A08" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="008D374B">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="476124572"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00543592" w:rsidRPr="00A51F79">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002629D6" w:rsidRPr="00A51F79">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -7404,115 +7199,100 @@
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Assistantes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6519" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="707125EC" w14:textId="6FB0A2BC" w:rsidR="003D5EFA" w:rsidRDefault="00F9133A" w:rsidP="001F4CBE">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="46BD4ED9" w14:textId="77777777" w:rsidR="00C33F54" w:rsidRDefault="003D5692" w:rsidP="001F4CBE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
-              <w:r w:rsidRPr="00907439">
+              <w:r w:rsidRPr="00AB08A6">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:sz w:val="20"/>
                 </w:rPr>
-                <w:t>sophie.charpentier@culture.gouv.fr</w:t>
-[...28 lines deleted...]
-                <w:t>sylvie.masson@culture.gouv.fr</w:t>
+                <w:t>musees.occitanie@culture.gouv.fr</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (site de Montpellier)</w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="159AE03B" w14:textId="77777777" w:rsidR="003D5EFA" w:rsidRDefault="003D5EFA" w:rsidP="001F4CBE">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="707125EC" w14:textId="5443C3D9" w:rsidR="003D5EFA" w:rsidRDefault="003D5EFA" w:rsidP="001F4CBE">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(site de </w:t>
+            </w:r>
+            <w:r w:rsidR="003D5692">
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Montpellier ET de </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Toulouse)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="159AE03B" w14:textId="77777777" w:rsidR="003D5EFA" w:rsidRDefault="003D5EFA" w:rsidP="003D5692">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="13E00E27" w14:textId="77777777" w:rsidR="003D5EFA" w:rsidRDefault="003D5EFA" w:rsidP="003D5EFA"/>
     <w:p w14:paraId="158BB73A" w14:textId="77777777" w:rsidR="003D5EFA" w:rsidRDefault="003D5EFA" w:rsidP="003D5EFA"/>
     <w:p w14:paraId="2C00E35E" w14:textId="77777777" w:rsidR="002629D6" w:rsidRPr="00A51F79" w:rsidRDefault="00462AEC" w:rsidP="009C4EFF">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00A51F79">
         <w:t xml:space="preserve">V. </w:t>
       </w:r>
       <w:r w:rsidR="002629D6" w:rsidRPr="00A51F79">
         <w:t>TRANSPORT POUR LA SÉANCE PLÉNIÈRE :</w:t>
       </w:r>
       <w:r w:rsidR="00543592" w:rsidRPr="00A51F79">
         <w:t xml:space="preserve">    </w:t>
@@ -7579,70 +7359,62 @@
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00543592" w:rsidRPr="00A51F79">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C21D8B" w:rsidRPr="00A51F79">
         <w:t>non</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="391F68F0" w14:textId="77777777" w:rsidR="002B3CA5" w:rsidRPr="00A51F79" w:rsidRDefault="002629D6" w:rsidP="00194AD3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A51F79">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00A51F79">
         <w:rPr>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>cf</w:t>
       </w:r>
       <w:r w:rsidRPr="00A51F79">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> fiche pratique</w:t>
+        <w:t>. fiche pratique</w:t>
       </w:r>
       <w:r w:rsidR="00406C2E" w:rsidRPr="00A51F79">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> spécifique à chaque DRAC</w:t>
       </w:r>
       <w:r w:rsidRPr="00A51F79">
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="05098639" w14:textId="77777777" w:rsidR="002B3CA5" w:rsidRPr="00A51F79" w:rsidRDefault="002B3CA5" w:rsidP="002B3CA5">
       <w:r w:rsidRPr="00A51F79">
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="596EF3AD" w14:textId="77777777" w:rsidR="001C3ED9" w:rsidRPr="00A51F79" w:rsidRDefault="008371AF" w:rsidP="002B3CA5">
       <w:pPr>
         <w:pStyle w:val="Titre1"/>
       </w:pPr>
       <w:r w:rsidRPr="00A51F79">
         <w:lastRenderedPageBreak/>
@@ -7664,51 +7436,51 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2405"/>
         <w:gridCol w:w="6662"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="15B5B9C5" w14:textId="77777777" w:rsidTr="00207035">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27DD0DD8" w14:textId="77777777" w:rsidR="00872199" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00207035">
+          <w:p w14:paraId="27DD0DD8" w14:textId="77777777" w:rsidR="00872199" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-725375766"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00872199" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00872199" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve"> Vidéo / art numérique</w:t>
             </w:r>
@@ -7799,51 +7571,51 @@
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00A51F79">
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:r w:rsidR="0084611E">
               <w:t xml:space="preserve">   </w:t>
             </w:r>
             <w:r w:rsidR="0084611E" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve">ou </w:t>
             </w:r>
             <w:r w:rsidR="0084611E">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="0084611E" w:rsidRPr="00A51F79">
               <w:t>N° de tirage/Nb d’exemplaires :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="728246F1" w14:textId="77777777" w:rsidTr="00207035">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77A46F2A" w14:textId="77777777" w:rsidR="00D43EF0" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00207035">
+          <w:p w14:paraId="77A46F2A" w14:textId="77777777" w:rsidR="00D43EF0" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="383456029"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D43EF0" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D43EF0" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve"> Livre d’artiste</w:t>
             </w:r>
@@ -7878,139 +7650,139 @@
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:color w:val="auto"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00A51F79">
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidR="0084611E">
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidRPr="00A51F79">
               <w:t>ou   N° de tirage/Nb d’exemplaires :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="27736EC0" w14:textId="77777777" w:rsidTr="00207035">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0AE88CCE" w14:textId="77777777" w:rsidR="00872199" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00207035">
+          <w:p w14:paraId="0AE88CCE" w14:textId="77777777" w:rsidR="00872199" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-496031356"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00872199" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009157A7">
               <w:t xml:space="preserve"> Installation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="166E7B0D" w14:textId="77777777" w:rsidR="00872199" w:rsidRPr="00A51F79" w:rsidRDefault="00872199" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="37AD92BE" w14:textId="77777777" w:rsidTr="00207035">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="126C8B1A" w14:textId="77777777" w:rsidR="00872199" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00207035">
+          <w:p w14:paraId="126C8B1A" w14:textId="77777777" w:rsidR="00872199" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="415989132"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00872199" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00872199" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve"> Performance</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6662" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="692125A1" w14:textId="77777777" w:rsidR="00872199" w:rsidRPr="00A51F79" w:rsidRDefault="00872199" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00207035" w:rsidRPr="00A51F79" w14:paraId="1572BEE6" w14:textId="77777777" w:rsidTr="00207035">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2405" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="18E3432A" w14:textId="77777777" w:rsidR="00872199" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00207035">
+          <w:p w14:paraId="18E3432A" w14:textId="77777777" w:rsidR="00872199" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1213732754"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00872199" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00872199" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve"> Autre</w:t>
             </w:r>
@@ -8120,323 +7892,291 @@
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7083"/>
         <w:gridCol w:w="1979"/>
       </w:tblGrid>
       <w:tr w:rsidR="00362744" w14:paraId="52BFBEC2" w14:textId="77777777" w:rsidTr="00362744">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7083" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="477E34D9" w14:textId="77777777" w:rsidR="00362744" w:rsidRDefault="009157A7" w:rsidP="00362744">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:r>
               <w:t>Certificat d’authenticité</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4FBE4DE9" w14:textId="77777777" w:rsidR="00362744" w:rsidRDefault="00983A63" w:rsidP="00362744">
+          <w:p w14:paraId="4FBE4DE9" w14:textId="77777777" w:rsidR="00362744" w:rsidRDefault="00C33F54" w:rsidP="00362744">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1921702769"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00362744" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00362744" w:rsidRPr="00A51F79">
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+              <w:t xml:space="preserve"> oui   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-573354355"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00362744" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009157A7">
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00362744" w14:paraId="753A2277" w14:textId="77777777" w:rsidTr="00362744">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7083" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2105ED86" w14:textId="77777777" w:rsidR="00362744" w:rsidRDefault="00362744" w:rsidP="00362744">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:r w:rsidRPr="00362744">
               <w:t>Notice de l’artiste sur l’œuvre (contexte de réalisati</w:t>
             </w:r>
             <w:r w:rsidR="009157A7">
               <w:t>on, intentions, documentation)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B75E75F" w14:textId="77777777" w:rsidR="00362744" w:rsidRDefault="00983A63" w:rsidP="00362744">
+          <w:p w14:paraId="7B75E75F" w14:textId="77777777" w:rsidR="00362744" w:rsidRDefault="00C33F54" w:rsidP="00362744">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="54827250"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00362744" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00362744" w:rsidRPr="00A51F79">
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+              <w:t xml:space="preserve"> oui   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-511148144"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00362744" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00362744" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00362744" w14:paraId="669755BD" w14:textId="77777777" w:rsidTr="00362744">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7083" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="52493247" w14:textId="77777777" w:rsidR="00362744" w:rsidRDefault="00362744" w:rsidP="00362744">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:t>Protocole de réalisation / instructions de montage</w:t>
             </w:r>
             <w:r w:rsidR="009157A7">
               <w:t xml:space="preserve"> / conditions de présentation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D1AC228" w14:textId="77777777" w:rsidR="00362744" w:rsidRDefault="00983A63" w:rsidP="00362744">
+          <w:p w14:paraId="5D1AC228" w14:textId="77777777" w:rsidR="00362744" w:rsidRDefault="00C33F54" w:rsidP="00362744">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-617529435"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00362744" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00362744" w:rsidRPr="00A51F79">
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+              <w:t xml:space="preserve"> oui   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-135721428"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00362744" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00362744" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00362744" w14:paraId="7C332894" w14:textId="77777777" w:rsidTr="00362744">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7083" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="56C1325D" w14:textId="77777777" w:rsidR="00362744" w:rsidRDefault="00362744" w:rsidP="00362744">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:t>Protocole de conservation (incluant la maintenance / remplacement des</w:t>
             </w:r>
             <w:r w:rsidR="009157A7">
               <w:t xml:space="preserve"> pièces)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1979" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CB5F98B" w14:textId="77777777" w:rsidR="00362744" w:rsidRDefault="00983A63" w:rsidP="00362744">
+          <w:p w14:paraId="4CB5F98B" w14:textId="77777777" w:rsidR="00362744" w:rsidRDefault="00C33F54" w:rsidP="00362744">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="183722795"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00362744" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00362744" w:rsidRPr="00A51F79">
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">   </w:t>
+              <w:t xml:space="preserve"> oui   </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1102339675"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00362744" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00362744" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve"> non</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -8476,150 +8216,150 @@
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1555"/>
         <w:gridCol w:w="2976"/>
         <w:gridCol w:w="2349"/>
         <w:gridCol w:w="2182"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="4952E614" w14:textId="77777777" w:rsidTr="00CE1BCD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45880A79" w14:textId="77777777" w:rsidR="00F073B4" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00207035">
+          <w:p w14:paraId="45880A79" w14:textId="77777777" w:rsidR="00F073B4" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-452246841"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F073B4" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00C21D8B" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F073B4" w:rsidRPr="00A51F79">
               <w:t>Artiste</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F06A5BE" w14:textId="77777777" w:rsidR="00F073B4" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00207035">
+          <w:p w14:paraId="0F06A5BE" w14:textId="77777777" w:rsidR="00F073B4" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="400573527"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F073B4" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F073B4" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve"> Ayant-droits</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2349" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0D111F13" w14:textId="77777777" w:rsidR="00F073B4" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00207035">
+          <w:p w14:paraId="0D111F13" w14:textId="77777777" w:rsidR="00F073B4" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="174699691"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F073B4" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F073B4" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve"> ADAGP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2182" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="64E1E674" w14:textId="77777777" w:rsidR="00F073B4" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00207035">
+          <w:p w14:paraId="64E1E674" w14:textId="77777777" w:rsidR="00F073B4" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1670901425"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F073B4" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F073B4" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve"> Autre</w:t>
             </w:r>
@@ -8859,51 +8599,51 @@
       <w:r w:rsidRPr="00A51F79">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> rapprocher du Service régional d’archéologie de la DRAC en préalable de tout projet d’</w:t>
       </w:r>
       <w:r w:rsidR="00194AD3" w:rsidRPr="00A51F79">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>acquisition (remplir le champ « autre expert » en IV. Avis et expertise sollicités)</w:t>
       </w:r>
       <w:r w:rsidR="002F0B8A" w:rsidRPr="00A51F79">
         <w:rPr>
           <w:i/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71D15349" w14:textId="77777777" w:rsidR="00D175F9" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="008D374B">
+    <w:p w14:paraId="71D15349" w14:textId="77777777" w:rsidR="00D175F9" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="008D374B">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1462261137"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00101772" w:rsidRPr="00A51F79">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00101772" w:rsidRPr="00A51F79">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -9090,111 +8830,103 @@
             </w:r>
             <w:r w:rsidR="00406C2E" w:rsidRPr="00A51F79">
               <w:t>du terrain</w:t>
             </w:r>
             <w:r w:rsidR="00194AD3" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve"> et de l’inventeur </w:t>
             </w:r>
             <w:r w:rsidR="005E6537" w:rsidRPr="00A51F79">
               <w:t>à</w:t>
             </w:r>
             <w:r w:rsidRPr="00A51F79">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00406C2E" w:rsidRPr="00A51F79">
               <w:t>leur</w:t>
             </w:r>
             <w:r w:rsidRPr="00A51F79">
               <w:t>s droits de propriété</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19E3014D" w14:textId="77777777" w:rsidR="005E6537" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00207035">
+          <w:p w14:paraId="19E3014D" w14:textId="77777777" w:rsidR="005E6537" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1333419037"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="009157A7">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D802DB" w:rsidRPr="00A51F79">
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="353151136"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D802DB" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D802DB" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve"> non (joindre l’acte de renonciation et l’autorisation du transfert de propriété)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="399EF529" w14:textId="77777777" w:rsidR="00D802DB" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="008D374B">
+    <w:p w14:paraId="399EF529" w14:textId="77777777" w:rsidR="00D802DB" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="008D374B">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-662248366"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00101772" w:rsidRPr="00A51F79">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00101772" w:rsidRPr="00A51F79">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -9203,98 +8935,98 @@
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4248"/>
         <w:gridCol w:w="4814"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="010EC540" w14:textId="77777777" w:rsidTr="00D175F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4248" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="222FFA6A" w14:textId="77777777" w:rsidR="00D802DB" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00207035">
+          <w:p w14:paraId="222FFA6A" w14:textId="77777777" w:rsidR="00D802DB" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1465645664"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00101772" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D802DB" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C21D8B" w:rsidRPr="00A51F79">
               <w:t>Fouilles exécutées par l’État</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="25A68A27" w14:textId="77777777" w:rsidR="00D802DB" w:rsidRPr="00A51F79" w:rsidRDefault="00D802DB" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="3D054332" w14:textId="77777777" w:rsidTr="00D175F9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4248" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2EB1DBE1" w14:textId="77777777" w:rsidR="00D802DB" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00207035">
+          <w:p w14:paraId="2EB1DBE1" w14:textId="77777777" w:rsidR="00D802DB" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="188193044"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D802DB" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="009157A7">
               <w:t xml:space="preserve"> Fouilles autorisées par l’État</w:t>
             </w:r>
@@ -9397,111 +9129,103 @@
           <w:p w14:paraId="137FE8E3" w14:textId="77777777" w:rsidR="00D802DB" w:rsidRPr="00A51F79" w:rsidRDefault="00D802DB" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:t xml:space="preserve">Renonciation expresse </w:t>
             </w:r>
             <w:r w:rsidR="00D738A9" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve">du propriétaire </w:t>
             </w:r>
             <w:r w:rsidR="00194AD3" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve">du terrain </w:t>
             </w:r>
             <w:r w:rsidRPr="00A51F79">
               <w:t>à ses droits de propriété</w:t>
             </w:r>
             <w:r w:rsidR="00194AD3" w:rsidRPr="00A51F79">
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2D161991" w14:textId="77777777" w:rsidR="00D802DB" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00207035">
+          <w:p w14:paraId="2D161991" w14:textId="77777777" w:rsidR="00D802DB" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-35667239"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D802DB" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D802DB" w:rsidRPr="00A51F79">
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1781687601"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D802DB" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D802DB" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve"> non (joindre l’acte de renonciation et l’autorisation du transfert de propriété)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="75EFE4B3" w14:textId="77777777" w:rsidR="00D802DB" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="008D374B">
+    <w:p w14:paraId="75EFE4B3" w14:textId="77777777" w:rsidR="00D802DB" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="008D374B">
       <w:pPr>
         <w:pStyle w:val="Titre3"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1716807447"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00101772" w:rsidRPr="00A51F79">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00101772" w:rsidRPr="00A51F79">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -9689,83 +9413,75 @@
             </w:r>
             <w:r w:rsidR="00194AD3" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> du terrain</w:t>
             </w:r>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> à ses droits de propriété</w:t>
             </w:r>
             <w:r w:rsidR="00194AD3" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>*</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="669AC8C9" w14:textId="77777777" w:rsidR="0080151C" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00207035">
+          <w:p w14:paraId="669AC8C9" w14:textId="77777777" w:rsidR="0080151C" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00207035">
             <w:pPr>
               <w:pStyle w:val="Sansinterligne"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="1875961321"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D175F9" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D175F9" w:rsidRPr="00A51F79">
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:id w:val="-1809695422"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D175F9" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D175F9" w:rsidRPr="00A51F79">
               <w:t xml:space="preserve"> non        </w:t>
             </w:r>
             <w:r w:rsidR="00D175F9" w:rsidRPr="00A51F79">
               <w:rPr>
@@ -10371,99 +10087,85 @@
       </w:tblGrid>
       <w:tr w:rsidR="00A51F79" w:rsidRPr="00A51F79" w14:paraId="62979198" w14:textId="77777777" w:rsidTr="00E63131">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4248" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="75A9A688" w14:textId="77777777" w:rsidR="0080151C" w:rsidRPr="00A51F79" w:rsidRDefault="0080151C" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Collecte programmée</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4814" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08669610" w14:textId="77777777" w:rsidR="0080151C" w:rsidRPr="00A51F79" w:rsidRDefault="00983A63" w:rsidP="00194AD3">
+          <w:p w14:paraId="08669610" w14:textId="77777777" w:rsidR="0080151C" w:rsidRPr="00A51F79" w:rsidRDefault="00C33F54" w:rsidP="00194AD3">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1263687096"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00476EB6" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0080151C" w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">     </w:t>
+              <w:t xml:space="preserve"> oui     </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-241488864"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0080151C" w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0080151C" w:rsidRPr="00A51F79">
@@ -10671,65 +10373,51 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Nom de l’espèce :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="27B3364B" w14:textId="77777777" w:rsidR="00711A38" w:rsidRPr="00A51F79" w:rsidRDefault="00711A38" w:rsidP="00711A38">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>CITES (</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">  I </w:t>
+              <w:t xml:space="preserve">CITES (annexe)     I </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="345838156"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00A51F79">
@@ -10815,65 +10503,51 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">               Date de protection :</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2136AEF1" w14:textId="77777777" w:rsidR="00711A38" w:rsidRPr="00A51F79" w:rsidRDefault="00711A38" w:rsidP="00711A38">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A51F79">
               <w:rPr>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>UE (</w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve">      A </w:t>
+              <w:t xml:space="preserve">UE (annexe)         A </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:sz w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-496581020"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00A51F79">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00A51F79">
@@ -11045,83 +10719,83 @@
           <w:p w14:paraId="04560E1E" w14:textId="77777777" w:rsidR="00726CD9" w:rsidRPr="00A51F79" w:rsidRDefault="00726CD9" w:rsidP="008D374B">
             <w:pPr>
               <w:pStyle w:val="Titre3"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5F150366" w14:textId="77777777" w:rsidR="00CE1BCD" w:rsidRPr="00A51F79" w:rsidRDefault="00CE1BCD" w:rsidP="00194AD3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4430541E" w14:textId="77777777" w:rsidR="00E63131" w:rsidRPr="00A51F79" w:rsidRDefault="00E63131" w:rsidP="00194AD3">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E63131" w:rsidRPr="00A51F79" w:rsidSect="00661CD2">
-      <w:footerReference w:type="even" r:id="rId12"/>
-      <w:footerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1276" w:right="1417" w:bottom="1079" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3EBC38AA" w14:textId="77777777" w:rsidR="009C0070" w:rsidRDefault="009C0070">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="254B97BC" w14:textId="77777777" w:rsidR="009C0070" w:rsidRDefault="009C0070">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -11161,89 +10835,89 @@
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI Symbol">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="08231FE4" w14:textId="77777777" w:rsidR="009157A7" w:rsidRDefault="009157A7">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="468B18E9" w14:textId="77777777" w:rsidR="009157A7" w:rsidRDefault="009157A7">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="110BF55D" w14:textId="77777777" w:rsidR="009157A7" w:rsidRDefault="009157A7">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
@@ -11256,70 +10930,70 @@
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="Numrodepage"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="12D0BB6B" w14:textId="77777777" w:rsidR="009157A7" w:rsidRDefault="009157A7">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="0855AAD1" w14:textId="77777777" w:rsidR="009C0070" w:rsidRDefault="009C0070">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="200D3514" w14:textId="77777777" w:rsidR="009C0070" w:rsidRDefault="009C0070">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000002"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000002"/>
     <w:name w:val="WW8Num2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="MS Mincho"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -12866,53 +12540,52 @@
   <w:num w:numId="6" w16cid:durableId="520318239">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1381393817">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1065107318">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1605259901">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1464955947">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="1785727915">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="879248626">
     <w:abstractNumId w:val="9"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00272A08"/>
     <w:rsid w:val="00011202"/>
@@ -12941,97 +12614,100 @@
     <w:rsid w:val="00194AD3"/>
     <w:rsid w:val="001A721D"/>
     <w:rsid w:val="001C3ED9"/>
     <w:rsid w:val="001C6C18"/>
     <w:rsid w:val="001D3DCC"/>
     <w:rsid w:val="001D7B80"/>
     <w:rsid w:val="001F3D15"/>
     <w:rsid w:val="00207035"/>
     <w:rsid w:val="00217531"/>
     <w:rsid w:val="00242A11"/>
     <w:rsid w:val="00247282"/>
     <w:rsid w:val="002629D6"/>
     <w:rsid w:val="0027181F"/>
     <w:rsid w:val="00272A08"/>
     <w:rsid w:val="0029347E"/>
     <w:rsid w:val="002B3CA5"/>
     <w:rsid w:val="002C1A70"/>
     <w:rsid w:val="002C5D4D"/>
     <w:rsid w:val="002D3DB7"/>
     <w:rsid w:val="002F0B8A"/>
     <w:rsid w:val="0030525D"/>
     <w:rsid w:val="003170AF"/>
     <w:rsid w:val="00347E83"/>
     <w:rsid w:val="003560D1"/>
     <w:rsid w:val="00362744"/>
+    <w:rsid w:val="00363748"/>
     <w:rsid w:val="00371007"/>
     <w:rsid w:val="0038493C"/>
     <w:rsid w:val="003A3848"/>
+    <w:rsid w:val="003D5692"/>
     <w:rsid w:val="003D5EFA"/>
     <w:rsid w:val="003D7530"/>
     <w:rsid w:val="003F1AB9"/>
     <w:rsid w:val="003F2409"/>
     <w:rsid w:val="00402A62"/>
     <w:rsid w:val="00406C2E"/>
     <w:rsid w:val="00420404"/>
     <w:rsid w:val="00422626"/>
     <w:rsid w:val="00437AC8"/>
     <w:rsid w:val="00444561"/>
     <w:rsid w:val="00444679"/>
     <w:rsid w:val="00450E00"/>
     <w:rsid w:val="00451594"/>
     <w:rsid w:val="00452F35"/>
     <w:rsid w:val="00460E68"/>
     <w:rsid w:val="00462AEC"/>
     <w:rsid w:val="00464A6C"/>
     <w:rsid w:val="00464E3C"/>
     <w:rsid w:val="00476EB6"/>
     <w:rsid w:val="004811EF"/>
     <w:rsid w:val="00497F9E"/>
     <w:rsid w:val="004A57A8"/>
     <w:rsid w:val="004B4597"/>
     <w:rsid w:val="004C198B"/>
     <w:rsid w:val="004D2BF7"/>
     <w:rsid w:val="004D5AF2"/>
     <w:rsid w:val="004E4B66"/>
     <w:rsid w:val="00507602"/>
     <w:rsid w:val="00511B7D"/>
     <w:rsid w:val="00521E5E"/>
     <w:rsid w:val="00543592"/>
     <w:rsid w:val="005516B6"/>
     <w:rsid w:val="00552F12"/>
     <w:rsid w:val="00563697"/>
     <w:rsid w:val="00563DFB"/>
     <w:rsid w:val="005B0F0E"/>
     <w:rsid w:val="005C41DD"/>
     <w:rsid w:val="005D3D45"/>
     <w:rsid w:val="005D4ED4"/>
     <w:rsid w:val="005D7402"/>
     <w:rsid w:val="005E6537"/>
     <w:rsid w:val="005F0EF0"/>
     <w:rsid w:val="0060785E"/>
     <w:rsid w:val="00610F7F"/>
+    <w:rsid w:val="006114EA"/>
     <w:rsid w:val="00625FB8"/>
     <w:rsid w:val="00632542"/>
     <w:rsid w:val="00641827"/>
     <w:rsid w:val="00650418"/>
     <w:rsid w:val="00661CD2"/>
     <w:rsid w:val="006669B5"/>
     <w:rsid w:val="00696620"/>
     <w:rsid w:val="006B0783"/>
     <w:rsid w:val="006B3B7B"/>
     <w:rsid w:val="006C6942"/>
     <w:rsid w:val="006D28CF"/>
     <w:rsid w:val="006F5BB5"/>
     <w:rsid w:val="0070207A"/>
     <w:rsid w:val="00711A38"/>
     <w:rsid w:val="007243E9"/>
     <w:rsid w:val="007246B5"/>
     <w:rsid w:val="00726CD9"/>
     <w:rsid w:val="00744871"/>
     <w:rsid w:val="0075204E"/>
     <w:rsid w:val="007521C5"/>
     <w:rsid w:val="00760133"/>
     <w:rsid w:val="0076095B"/>
     <w:rsid w:val="0076139F"/>
     <w:rsid w:val="00781845"/>
     <w:rsid w:val="00782B0A"/>
@@ -13071,73 +12747,76 @@
     <w:rsid w:val="00983A63"/>
     <w:rsid w:val="009945CE"/>
     <w:rsid w:val="009C0070"/>
     <w:rsid w:val="009C4EFF"/>
     <w:rsid w:val="009C57A7"/>
     <w:rsid w:val="009D2609"/>
     <w:rsid w:val="009E0AE0"/>
     <w:rsid w:val="009E3D14"/>
     <w:rsid w:val="009F12A5"/>
     <w:rsid w:val="00A215E2"/>
     <w:rsid w:val="00A32CAD"/>
     <w:rsid w:val="00A51F79"/>
     <w:rsid w:val="00A546B3"/>
     <w:rsid w:val="00A667EA"/>
     <w:rsid w:val="00A74FBB"/>
     <w:rsid w:val="00A80E0C"/>
     <w:rsid w:val="00A96308"/>
     <w:rsid w:val="00A96336"/>
     <w:rsid w:val="00AC26EB"/>
     <w:rsid w:val="00AD2CE3"/>
     <w:rsid w:val="00B3016F"/>
     <w:rsid w:val="00B429F4"/>
     <w:rsid w:val="00B50A2A"/>
     <w:rsid w:val="00B51E1A"/>
     <w:rsid w:val="00B8321F"/>
+    <w:rsid w:val="00B90976"/>
     <w:rsid w:val="00BA7E58"/>
     <w:rsid w:val="00BB2BA6"/>
     <w:rsid w:val="00BC0D70"/>
     <w:rsid w:val="00BD1B3E"/>
     <w:rsid w:val="00BD43BC"/>
     <w:rsid w:val="00BD5CCF"/>
     <w:rsid w:val="00BD5FA2"/>
     <w:rsid w:val="00BE02D7"/>
     <w:rsid w:val="00BF1D2F"/>
     <w:rsid w:val="00C07800"/>
     <w:rsid w:val="00C21D8B"/>
     <w:rsid w:val="00C257F4"/>
+    <w:rsid w:val="00C33F54"/>
     <w:rsid w:val="00C50B86"/>
     <w:rsid w:val="00C67C6C"/>
     <w:rsid w:val="00C75171"/>
     <w:rsid w:val="00C81666"/>
     <w:rsid w:val="00C8311C"/>
     <w:rsid w:val="00C838C8"/>
     <w:rsid w:val="00CA4523"/>
     <w:rsid w:val="00CC60A0"/>
     <w:rsid w:val="00CD29CB"/>
     <w:rsid w:val="00CD37CC"/>
     <w:rsid w:val="00CE1BCD"/>
+    <w:rsid w:val="00CE4628"/>
     <w:rsid w:val="00CE59F0"/>
     <w:rsid w:val="00CF3157"/>
     <w:rsid w:val="00CF7373"/>
     <w:rsid w:val="00D14B44"/>
     <w:rsid w:val="00D15B4B"/>
     <w:rsid w:val="00D175F9"/>
     <w:rsid w:val="00D362F3"/>
     <w:rsid w:val="00D43EF0"/>
     <w:rsid w:val="00D47B2A"/>
     <w:rsid w:val="00D5365F"/>
     <w:rsid w:val="00D57AB9"/>
     <w:rsid w:val="00D61365"/>
     <w:rsid w:val="00D67DD9"/>
     <w:rsid w:val="00D738A9"/>
     <w:rsid w:val="00D7753F"/>
     <w:rsid w:val="00D77F4C"/>
     <w:rsid w:val="00D802DB"/>
     <w:rsid w:val="00D853D7"/>
     <w:rsid w:val="00DE1D7A"/>
     <w:rsid w:val="00DF215B"/>
     <w:rsid w:val="00E065AE"/>
     <w:rsid w:val="00E114D4"/>
     <w:rsid w:val="00E13B92"/>
     <w:rsid w:val="00E24EAF"/>
     <w:rsid w:val="00E43E36"/>
@@ -13173,51 +12852,51 @@
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="60CB1328"/>
   <w15:docId w15:val="{A891A5C4-5B88-4B8B-8CDA-64BF89A9ACDE}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14226,51 +13905,51 @@
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="spipdocument172557308">
     <w:name w:val="spip_document_172557308"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:rsid w:val="002C5D4D"/>
   </w:style>
   <w:style w:type="character" w:styleId="Mentionnonrsolue">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F9133A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="584455332">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="798305298">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -14288,51 +13967,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1556962593">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ariane.aujoulat@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sylvie.masson@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:sophie.charpentier@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noemie.aumasson@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ariane.aujoulat@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:musees.occitanie@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:noemie.aumasson@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Vert jaune">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="455F51"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E2DFCC"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="99CB38"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="63A537"/>
       </a:accent2>
       <a:accent3>
@@ -14597,67 +14276,67 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FC6793B3-88BB-43B7-A668-7AD6C33D7F1A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1695</Words>
-  <Characters>9324</Characters>
+  <Words>1676</Words>
+  <Characters>9219</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>77</Lines>
+  <Lines>76</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10998</CharactersWithSpaces>
+  <CharactersWithSpaces>10874</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:creator>Utilisateur Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>