--- v0 (2026-02-09)
+++ v1 (2026-03-16)
@@ -264,276 +264,329 @@
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="15E33639" w14:textId="52DAF662" w:rsidR="00696754" w:rsidRDefault="00696754" w:rsidP="0003473E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E217080" w14:textId="73DFBCF8" w:rsidR="00696754" w:rsidRPr="00696754" w:rsidRDefault="00696754" w:rsidP="00696754">
+    <w:p w14:paraId="38FD5978" w14:textId="77777777" w:rsidR="00FE2E2D" w:rsidRDefault="00696754" w:rsidP="00696754">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="auto"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00696754">
+      <w:r w:rsidRPr="00E27837">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="auto"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>Remarque </w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Remarque</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="auto"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>p</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00696754">
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E27837">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="auto"/>
+          <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>our les recherches sur les bases de données :</w:t>
-      </w:r>
+        <w:t> pour les recherches sur les bases de données :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1101A8DC" w14:textId="5A92E1DF" w:rsidR="00FE2E2D" w:rsidRPr="00FE2E2D" w:rsidRDefault="00FE2E2D" w:rsidP="00696754">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> il est préconisé de</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00696754">
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE2E2D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> croiser</w:t>
-      </w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00696754" w:rsidRPr="00FE2E2D">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>l est préconisé de croiser systématiquement les recherches par nom d’artiste (en incluant les anciennes attributions</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA02DB" w:rsidRPr="00FE2E2D">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et</w:t>
+      </w:r>
+      <w:r w:rsidR="00696754" w:rsidRPr="00FE2E2D">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> en testant diverses orthographes pour les noms propres) à des recherches liées à l’iconographie et/ou au matériau</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA02DB" w:rsidRPr="00FE2E2D">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E217080" w14:textId="6FC06057" w:rsidR="00696754" w:rsidRPr="00FE2E2D" w:rsidRDefault="00FE2E2D" w:rsidP="00696754">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> systématiquement</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00696754">
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidR="00E27837" w:rsidRPr="00FE2E2D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> les recherches par nom d’artiste (en incluant les anciennes attributions</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CA02DB">
+        <w:t xml:space="preserve">Les recherches sont à consigner comme suit : mot-clé cherché, résultats (combien de notices apparaissent </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE2E2D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> et</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00696754">
+        <w:t>avec</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27837" w:rsidRPr="00FE2E2D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> en testant diverses orthographes pour les noms propres)</w:t>
-      </w:r>
+        <w:t xml:space="preserve"> ce mot-clé</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE2E2D">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t> ?</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27837" w:rsidRPr="00FE2E2D">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), correspondances (parmi les notices apparues, certaines correspondent-elles à l’objet </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE2E2D">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t>cherché ?</w:t>
+      </w:r>
+      <w:r w:rsidR="00E27837" w:rsidRPr="00FE2E2D">
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C0891A3" w14:textId="32A3C166" w:rsidR="00FE2E2D" w:rsidRPr="00FE2E2D" w:rsidRDefault="00FE2E2D" w:rsidP="00696754">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:u w:val="none"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00696754">
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE2E2D">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:b/>
-[...3 lines deleted...]
-          <w:color w:val="auto"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
-        <w:t>à des recherches lié</w:t>
-[...44 lines deleted...]
-        <w:t xml:space="preserve">. </w:t>
+        <w:t>Si le titre de l’œuvre comprend plusieurs mots, il est conseillé d’en extraire un seul par recherche (exemple, pour « Paysage représentant un âne et un cheval », chercher « âne », puis « cheval », et non le titre entier).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4876BD50" w14:textId="13E5DF4E" w:rsidR="00696754" w:rsidRDefault="00696754" w:rsidP="0003473E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
@@ -696,74 +749,50 @@
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3E1F5529" w14:textId="77777777" w:rsidR="004C0479" w:rsidRPr="00C62DB3" w:rsidRDefault="004C0479" w:rsidP="004F1F10">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="0FE57871" w14:textId="77777777" w:rsidR="004C0479" w:rsidRDefault="004C0479" w:rsidP="004F1F10">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7C5A2BC6" w14:textId="77777777" w:rsidR="00066107" w:rsidRDefault="00066107" w:rsidP="004F1F10">
-[...22 lines deleted...]
-          </w:p>
           <w:p w14:paraId="6E15B744" w14:textId="18989553" w:rsidR="00066107" w:rsidRPr="00C62DB3" w:rsidRDefault="00066107" w:rsidP="004F1F10">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7A22C003" w14:textId="77777777" w:rsidR="004C0479" w:rsidRPr="00C62DB3" w:rsidRDefault="004C0479" w:rsidP="004C0479">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -833,75 +862,51 @@
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9351"/>
       </w:tblGrid>
       <w:tr w:rsidR="004C0479" w:rsidRPr="00C62DB3" w14:paraId="6AC349C6" w14:textId="77777777" w:rsidTr="00667582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9351" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="608704A3" w14:textId="77777777" w:rsidR="004C0479" w:rsidRPr="00C62DB3" w:rsidRDefault="004C0479" w:rsidP="004F1F10">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4A12A36D" w14:textId="77777777" w:rsidR="0003473E" w:rsidRDefault="0003473E" w:rsidP="004F1F10">
-[...23 lines deleted...]
-          <w:p w14:paraId="249106EC" w14:textId="77777777" w:rsidR="00066107" w:rsidRPr="00C62DB3" w:rsidRDefault="00066107" w:rsidP="004F1F10">
+          <w:p w14:paraId="249106EC" w14:textId="77777777" w:rsidR="006D781E" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="004F1F10">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="282898AD" w14:textId="7287C465" w:rsidR="00516376" w:rsidRPr="0055333E" w:rsidRDefault="00516376" w:rsidP="0055333E">
       <w:pPr>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:right="-285"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1242,51 +1247,51 @@
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C14CED2" w14:textId="4DF43451" w:rsidR="002034E6" w:rsidRDefault="008D1CF7" w:rsidP="00BC4479">
+    <w:p w14:paraId="6CC65AC5" w14:textId="77777777" w:rsidR="006D781E" w:rsidRDefault="008D1CF7" w:rsidP="00BC4479">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002034E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -1305,51 +1310,146 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A7790B" w:rsidRPr="002034E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="002034E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                     </w:t>
+        <w:t xml:space="preserve">                                </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C14CED2" w14:textId="365A1364" w:rsidR="002034E6" w:rsidRDefault="006D781E" w:rsidP="006D781E">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1870"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2160"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002034E6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidR="002034E6" w:rsidRPr="00646466">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Pour télécharger ID-Art</w:t>
       </w:r>
       <w:r w:rsidR="002034E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t> (Play / Apple)</w:t>
       </w:r>
       <w:r w:rsidR="002034E6">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -1366,57 +1466,57 @@
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="426"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="123AA94D" wp14:editId="19E7315B">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="123AA94D" wp14:editId="13C1DC65">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4647565</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
-              <wp:posOffset>6264275</wp:posOffset>
+              <wp:posOffset>6407150</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="576580" cy="576580"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="20696"/>
                 <wp:lineTo x="20696" y="20696"/>
                 <wp:lineTo x="20696" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="1888179710" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -1658,51 +1758,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, le CNAP ont accès aux bases de données payantes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B2A2D4C" w14:textId="77777777" w:rsidR="002034E6" w:rsidRPr="002034E6" w:rsidRDefault="002034E6" w:rsidP="002034E6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B05CC9E" w14:textId="57D779DC" w:rsidR="008D1CF7" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="0025199E">
+    <w:p w14:paraId="1B05CC9E" w14:textId="57D779DC" w:rsidR="008D1CF7" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="0025199E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-177730964"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -1796,160 +1896,292 @@
       </w:r>
       <w:r w:rsidR="008D1CF7" w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">anuelle en anglais </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4672"/>
-        <w:gridCol w:w="4672"/>
+        <w:gridCol w:w="2830"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="3679"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0025199E" w:rsidRPr="00C62DB3" w14:paraId="2C965446" w14:textId="77777777" w:rsidTr="00066107">
+      <w:tr w:rsidR="006226E1" w:rsidRPr="00C62DB3" w14:paraId="2C965446" w14:textId="34601D0D" w:rsidTr="00E27837">
         <w:trPr>
           <w:trHeight w:val="619"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4672" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="05072698" w14:textId="7394F51C" w:rsidR="00B75B1F" w:rsidRDefault="0025199E" w:rsidP="0025199E">
+          <w:p w14:paraId="05072698" w14:textId="4D50B2DE" w:rsidR="006226E1" w:rsidRDefault="006226E1" w:rsidP="0025199E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C62DB3">
-[...16 lines deleted...]
-          <w:p w14:paraId="6BBF2C3E" w14:textId="77777777" w:rsidR="0025199E" w:rsidRDefault="00066107" w:rsidP="0025199E">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Visuelle :</w:t>
+            </w:r>
+            <w:r w:rsidR="006D781E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">       </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="230811943"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="006D781E" w:rsidRPr="00C62DB3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="006D781E" w:rsidRPr="00C62DB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Oui </w:t>
+            </w:r>
+            <w:r w:rsidR="006D781E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:id w:val="-1090858141"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="006D781E" w:rsidRPr="00C62DB3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="006D781E" w:rsidRPr="00C62DB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Non</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BBF2C3E" w14:textId="32F6BC6C" w:rsidR="006226E1" w:rsidRDefault="006226E1" w:rsidP="0025199E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>manuelle</w:t>
-[...11 lines deleted...]
-          <w:p w14:paraId="64F093D5" w14:textId="614C1EA8" w:rsidR="009C7368" w:rsidRPr="00C62DB3" w:rsidRDefault="009C7368" w:rsidP="0025199E">
+              <w:t xml:space="preserve">Manuelle : </w:t>
+            </w:r>
+            <w:r w:rsidR="006D781E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">mot-clé 1 : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="64F093D5" w14:textId="08A8AA20" w:rsidR="006226E1" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="0025199E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                    </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>mot</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">-clé 2 : </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4672" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C643D73" w14:textId="284136E8" w:rsidR="0025199E" w:rsidRPr="00C62DB3" w:rsidRDefault="0025199E" w:rsidP="0025199E">
+          <w:p w14:paraId="7C643D73" w14:textId="284136E8" w:rsidR="006226E1" w:rsidRPr="00C62DB3" w:rsidRDefault="006226E1" w:rsidP="0025199E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Résultats :</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3679" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="66475A48" w14:textId="7B877E63" w:rsidR="006226E1" w:rsidRPr="00C62DB3" w:rsidRDefault="00E27837" w:rsidP="0025199E">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Correspondance : </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43831ABE" w14:textId="317A48C4" w:rsidR="008D1CF7" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="0025199E">
+    <w:p w14:paraId="43831ABE" w14:textId="317A48C4" w:rsidR="008D1CF7" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="0025199E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="363335115"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -2047,348 +2279,157 @@
       </w:r>
       <w:r w:rsidR="008D1CF7" w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4672"/>
-        <w:gridCol w:w="4672"/>
+        <w:gridCol w:w="2830"/>
+        <w:gridCol w:w="2890"/>
+        <w:gridCol w:w="3624"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0025199E" w:rsidRPr="00C62DB3" w14:paraId="760677C1" w14:textId="77777777" w:rsidTr="00667582">
+      <w:tr w:rsidR="00E27837" w:rsidRPr="00C62DB3" w14:paraId="760677C1" w14:textId="4E859B72" w:rsidTr="00E27837">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4672" w:type="dxa"/>
+            <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D8D6616" w14:textId="77777777" w:rsidR="0025199E" w:rsidRPr="00C62DB3" w:rsidRDefault="0025199E" w:rsidP="002F779D">
+          <w:p w14:paraId="1D8D6616" w14:textId="77777777" w:rsidR="00E27837" w:rsidRPr="00C62DB3" w:rsidRDefault="00E27837" w:rsidP="002F779D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mots-clés :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4F5D9B90" w14:textId="77777777" w:rsidR="00B75B1F" w:rsidRDefault="00B75B1F" w:rsidP="002F779D">
+          <w:p w14:paraId="4F5D9B90" w14:textId="77777777" w:rsidR="00E27837" w:rsidRDefault="00E27837" w:rsidP="002F779D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="07068DA0" w14:textId="77777777" w:rsidR="009C7368" w:rsidRPr="00C62DB3" w:rsidRDefault="009C7368" w:rsidP="002F779D">
+          <w:p w14:paraId="07068DA0" w14:textId="77777777" w:rsidR="00E27837" w:rsidRPr="00C62DB3" w:rsidRDefault="00E27837" w:rsidP="002F779D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4672" w:type="dxa"/>
+            <w:tcW w:w="2890" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2173E435" w14:textId="77777777" w:rsidR="0025199E" w:rsidRPr="00C62DB3" w:rsidRDefault="0025199E" w:rsidP="002F779D">
+          <w:p w14:paraId="2173E435" w14:textId="264BB37D" w:rsidR="00E27837" w:rsidRPr="00C62DB3" w:rsidRDefault="00E27837" w:rsidP="002F779D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Résultats :</w:t>
+              <w:t>Résultats :</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="76A95421" w14:textId="2EB4BBBA" w:rsidR="00E27837" w:rsidRPr="00C62DB3" w:rsidRDefault="00E27837" w:rsidP="002F779D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Correspondance :</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="010BCB0A" w14:textId="1F967F61" w:rsidR="00AA1BC0" w:rsidRPr="006664DD" w:rsidRDefault="00243E7B" w:rsidP="000A3BAA">
-[...216 lines deleted...]
-    <w:p w14:paraId="6FA46560" w14:textId="24ACA9F6" w:rsidR="003115BD" w:rsidRPr="007F506E" w:rsidRDefault="00243E7B" w:rsidP="0025199E">
+    <w:p w14:paraId="6FA46560" w14:textId="24ACA9F6" w:rsidR="003115BD" w:rsidRPr="007F506E" w:rsidRDefault="006D781E" w:rsidP="0025199E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="873739825"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -2421,138 +2462,138 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Il existe </w:t>
       </w:r>
       <w:r w:rsidR="0053151E" w:rsidRPr="0053151E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>une ou des liste(s) rouge de</w:t>
       </w:r>
       <w:r w:rsidR="0053151E" w:rsidRPr="0053151E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="C00000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14" w:history="1">
+      <w:hyperlink r:id="rId13" w:history="1">
         <w:r w:rsidR="0053151E" w:rsidRPr="0053151E">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>l’ICOM</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0053151E">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> pour ce pays ou cette région du monde : </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2689"/>
         <w:gridCol w:w="6655"/>
       </w:tblGrid>
       <w:tr w:rsidR="007F506E" w:rsidRPr="00C62DB3" w14:paraId="364D3BBE" w14:textId="77777777" w:rsidTr="00667582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2689" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="56D05CEF" w14:textId="052DDFCB" w:rsidR="007F506E" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="007F506E">
+          <w:p w14:paraId="56D05CEF" w14:textId="052DDFCB" w:rsidR="007F506E" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="007F506E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1173407911"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00667582">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007F506E" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22FB62FB" w14:textId="771A7D71" w:rsidR="007F506E" w:rsidRPr="007F506E" w:rsidRDefault="00243E7B" w:rsidP="007F506E">
+          <w:p w14:paraId="22FB62FB" w14:textId="771A7D71" w:rsidR="007F506E" w:rsidRPr="007F506E" w:rsidRDefault="006D781E" w:rsidP="007F506E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1233500025"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007F506E" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -2623,51 +2664,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Si la typologie de l’objet y figure, quel numéro de typologie : </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6689D481" w14:textId="77777777" w:rsidR="00AF3EA6" w:rsidRDefault="00AF3EA6" w:rsidP="00AF3EA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="43414B5C" w14:textId="624CF258" w:rsidR="00AF3EA6" w:rsidRDefault="00243E7B" w:rsidP="00AF3EA6">
+    <w:p w14:paraId="43414B5C" w14:textId="624CF258" w:rsidR="00AF3EA6" w:rsidRDefault="006D781E" w:rsidP="00AF3EA6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-485157889"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -2820,97 +2861,122 @@
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Le bien provient potentiellement ou sûrement du domaine public.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="301C9A47" w14:textId="2CE3BEB7" w:rsidR="001D19E8" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="001D19E8">
+          <w:p w14:paraId="301C9A47" w14:textId="6E0FA8DA" w:rsidR="001D19E8" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="001D19E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:id w:val="230811943"/>
+                <w:id w:val="-1881697851"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="001D19E8" w:rsidRPr="00C62DB3">
+                <w:r w:rsidRPr="00C62DB3">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidRPr="00C62DB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C62DB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Oui</w:t>
+            </w:r>
             <w:r w:rsidR="001D19E8" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Oui : cf</w:t>
+              <w:t>:</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="001D19E8" w:rsidRPr="00C62DB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> cf</w:t>
             </w:r>
             <w:r w:rsidR="00C46373">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="001D19E8" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> prérequis</w:t>
             </w:r>
             <w:r w:rsidR="00CA02DB">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
@@ -3005,51 +3071,51 @@
               </w:rPr>
               <w:t>e France</w:t>
             </w:r>
             <w:r w:rsidRPr="00646466">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="006847D3" w:rsidRPr="00646466">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09716CC1" w14:textId="0ECC7A0B" w:rsidR="001D19E8" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="001D19E8">
+          <w:p w14:paraId="09716CC1" w14:textId="0ECC7A0B" w:rsidR="001D19E8" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="001D19E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-448318991"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -3163,51 +3229,51 @@
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Le bien comporte ou pourrait comporter des matériaux issus d’espèces protégées.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="728FFF2B" w14:textId="771760B8" w:rsidR="001D19E8" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="001D19E8">
+          <w:p w14:paraId="728FFF2B" w14:textId="771760B8" w:rsidR="001D19E8" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="001D19E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1472052713"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -3369,51 +3435,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> est incertaine</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ou </w:t>
             </w:r>
             <w:r w:rsidRPr="0053151E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">inconnue entre 1933 et 1945. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5D529B11" w14:textId="3D61FB18" w:rsidR="001D19E8" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="001D19E8">
+          <w:p w14:paraId="5D529B11" w14:textId="3D61FB18" w:rsidR="001D19E8" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="001D19E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1262802596"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -3537,51 +3603,51 @@
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Le bien provient potentiellement ou sûrement d’un contexte colonial.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1DDAE924" w14:textId="35B0CE6A" w:rsidR="001D19E8" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="001D19E8">
+          <w:p w14:paraId="1DDAE924" w14:textId="35B0CE6A" w:rsidR="001D19E8" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="001D19E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1360165152"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -3703,51 +3769,51 @@
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Le bien provient potentiellement ou sûrement d’un contexte archéologique.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2840" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="014FD74C" w14:textId="1409B035" w:rsidR="001D19E8" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="001D19E8">
+          <w:p w14:paraId="014FD74C" w14:textId="1409B035" w:rsidR="001D19E8" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="001D19E8">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="874737840"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -4743,51 +4809,51 @@
         <w:t xml:space="preserve">                                                                                                             </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9344"/>
       </w:tblGrid>
       <w:tr w:rsidR="0090602D" w:rsidRPr="00C62DB3" w14:paraId="12C2EF18" w14:textId="77777777" w:rsidTr="00667582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9344" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5083C173" w14:textId="6D976E37" w:rsidR="0090602D" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00EB033A">
+          <w:p w14:paraId="5083C173" w14:textId="6D976E37" w:rsidR="0090602D" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00EB033A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2062855046"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -5068,51 +5134,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9344"/>
       </w:tblGrid>
       <w:tr w:rsidR="0090602D" w:rsidRPr="00C62DB3" w14:paraId="34C29ACD" w14:textId="77777777" w:rsidTr="00667582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9344" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F6F0A3C" w14:textId="66C49381" w:rsidR="0090602D" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00EB033A">
+          <w:p w14:paraId="6F6F0A3C" w14:textId="66C49381" w:rsidR="0090602D" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00EB033A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1646620724"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -5336,51 +5402,51 @@
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9344"/>
       </w:tblGrid>
       <w:tr w:rsidR="00646466" w:rsidRPr="00C62DB3" w14:paraId="2F640C44" w14:textId="77777777" w:rsidTr="00667582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9344" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3230535F" w14:textId="58ADEFE5" w:rsidR="00646466" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00552F8E">
+          <w:p w14:paraId="3230535F" w14:textId="58ADEFE5" w:rsidR="00646466" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00552F8E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-10846539"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -5553,51 +5619,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9344"/>
       </w:tblGrid>
       <w:tr w:rsidR="0090602D" w:rsidRPr="004F1F10" w14:paraId="1B0950DD" w14:textId="77777777" w:rsidTr="00667582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9344" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="155F630B" w14:textId="33CBCB66" w:rsidR="0090602D" w:rsidRPr="004F1F10" w:rsidRDefault="00243E7B" w:rsidP="00EB033A">
+          <w:p w14:paraId="155F630B" w14:textId="33CBCB66" w:rsidR="0090602D" w:rsidRPr="004F1F10" w:rsidRDefault="006D781E" w:rsidP="00EB033A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1848826230"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -5729,78 +5795,78 @@
       </w:r>
       <w:r w:rsidR="00CA02DB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">peuvent être utiles : procéder par </w:t>
       </w:r>
       <w:r w:rsidR="00CA02DB" w:rsidRPr="00CA02DB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">glisser-déposer dans </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15" w:history="1">
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00CA02DB" w:rsidRPr="00CA02DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Google Images</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00CA02DB" w:rsidRPr="00CA02DB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00CA02DB" w:rsidRPr="00CA02DB">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>TinEye</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
       </w:hyperlink>
       <w:r w:rsidR="00CA02DB">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -5866,51 +5932,51 @@
         <w:t xml:space="preserve">                                                                    </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9344"/>
       </w:tblGrid>
       <w:tr w:rsidR="0090602D" w:rsidRPr="004F1F10" w14:paraId="2ED82ED2" w14:textId="77777777" w:rsidTr="00667582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9344" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B40A1A4" w14:textId="62EC08D0" w:rsidR="0090602D" w:rsidRPr="004F1F10" w:rsidRDefault="00243E7B" w:rsidP="00EB033A">
+          <w:p w14:paraId="7B40A1A4" w14:textId="62EC08D0" w:rsidR="0090602D" w:rsidRPr="004F1F10" w:rsidRDefault="006D781E" w:rsidP="00EB033A">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-42296884"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -6153,51 +6219,51 @@
         <w:t xml:space="preserve">           </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9344"/>
       </w:tblGrid>
       <w:tr w:rsidR="00B6240F" w:rsidRPr="004F1F10" w14:paraId="16C011FA" w14:textId="77777777" w:rsidTr="00667582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9344" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2AECCAE7" w14:textId="3D1CEE04" w:rsidR="00B6240F" w:rsidRPr="004F1F10" w:rsidRDefault="00243E7B" w:rsidP="00403537">
+          <w:p w14:paraId="2AECCAE7" w14:textId="3D1CEE04" w:rsidR="00B6240F" w:rsidRPr="004F1F10" w:rsidRDefault="006D781E" w:rsidP="00403537">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="508027886"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
@@ -6437,51 +6503,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9344"/>
       </w:tblGrid>
       <w:tr w:rsidR="0090602D" w:rsidRPr="004F1F10" w14:paraId="519F01FE" w14:textId="77777777" w:rsidTr="00667582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9344" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46E3528C" w14:textId="7A259E2A" w:rsidR="0090602D" w:rsidRPr="004F1F10" w:rsidRDefault="00243E7B" w:rsidP="0090602D">
+          <w:p w14:paraId="46E3528C" w14:textId="7A259E2A" w:rsidR="0090602D" w:rsidRPr="004F1F10" w:rsidRDefault="006D781E" w:rsidP="0090602D">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1686476075"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00513F7A" w:rsidRPr="004F1F10">
@@ -6772,75 +6838,75 @@
         </w:rPr>
         <w:t xml:space="preserve">Les ressources recensées sur </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00516376" w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Resprovmus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00516376" w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId17" w:history="1">
+      <w:hyperlink r:id="rId16" w:history="1">
         <w:r w:rsidR="00516376" w:rsidRPr="00C62DB3">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>catégorie « recherche par acteur » de chacun des onglets</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00516376" w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>) peuvent faciliter ces recherches.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E43A99C" w14:textId="4CD4A440" w:rsidR="000A04E3" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="000A04E3">
+    <w:p w14:paraId="7E43A99C" w14:textId="4CD4A440" w:rsidR="000A04E3" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="000A04E3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1058752588"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -7136,51 +7202,51 @@
         </w:rPr>
         <w:t xml:space="preserve">voir </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E95351" w:rsidRPr="00BE3238">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Resprovmus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00E95351">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, trafic illicite </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18" w:history="1">
+      <w:hyperlink r:id="rId17" w:history="1">
         <w:r w:rsidR="00E95351" w:rsidRPr="00E95351">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>lien ici</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E95351" w:rsidRPr="00BE3238">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="504EDF79" w14:textId="5D583837" w:rsidR="00B6240F" w:rsidRPr="00C62DB3" w:rsidRDefault="00365DAE" w:rsidP="00B6240F">
       <w:pPr>
@@ -7247,51 +7313,51 @@
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9344"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D07EA1" w:rsidRPr="00C62DB3" w14:paraId="438D6488" w14:textId="77777777" w:rsidTr="00D07EA1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2901C272" w14:textId="5053A617" w:rsidR="00D07EA1" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00D07EA1">
+          <w:p w14:paraId="2901C272" w14:textId="5053A617" w:rsidR="00D07EA1" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00D07EA1">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-555777278"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -7409,51 +7475,51 @@
               <w:t>2</w:t>
             </w:r>
             <w:r w:rsidR="00D07EA1" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D07EA1" w:rsidRPr="00C62DB3" w14:paraId="6FBC1ECB" w14:textId="77777777" w:rsidTr="00D07EA1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="22569C6F" w14:textId="3417B1CC" w:rsidR="00D07EA1" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00D07EA1">
+          <w:p w14:paraId="22569C6F" w14:textId="3417B1CC" w:rsidR="00D07EA1" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00D07EA1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="86818916"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D07EA1" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -7463,51 +7529,51 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D07EA1" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Bien d’origine française, actuellement conservé à l’étranger.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D07EA1" w:rsidRPr="00AD2511" w14:paraId="6B2B6397" w14:textId="77777777" w:rsidTr="00D07EA1">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1EF65519" w14:textId="0C0CB91A" w:rsidR="00D07EA1" w:rsidRPr="00AD2511" w:rsidRDefault="00243E7B" w:rsidP="00D07EA1">
+          <w:p w14:paraId="1EF65519" w14:textId="0C0CB91A" w:rsidR="00D07EA1" w:rsidRPr="00AD2511" w:rsidRDefault="006D781E" w:rsidP="00D07EA1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1278446271"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D07EA1" w:rsidRPr="00AD2511">
                   <w:rPr>
@@ -7517,51 +7583,51 @@
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D07EA1" w:rsidRPr="00AD2511">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Bien d’origine française, ayant circulé à l’étranger, actuellement conservé en France. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00D07EA1" w:rsidRPr="00AD2511" w14:paraId="49173FC1" w14:textId="77777777" w:rsidTr="00D12245">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A988AF1" w14:textId="24171292" w:rsidR="00D07EA1" w:rsidRPr="00AD2511" w:rsidRDefault="00243E7B" w:rsidP="00D07EA1">
+          <w:p w14:paraId="7A988AF1" w14:textId="24171292" w:rsidR="00D07EA1" w:rsidRPr="00AD2511" w:rsidRDefault="006D781E" w:rsidP="00D07EA1">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="250471709"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D07EA1" w:rsidRPr="00AD2511">
                   <w:rPr>
@@ -7627,51 +7693,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>éenne</w:t>
             </w:r>
             <w:r w:rsidR="00D07EA1" w:rsidRPr="00AD2511">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B6240F" w:rsidRPr="00AD2511" w14:paraId="2FBB472A" w14:textId="77777777" w:rsidTr="00D12245">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3E1466DF" w14:textId="587B4596" w:rsidR="00B6240F" w:rsidRPr="00AD2511" w:rsidRDefault="00243E7B" w:rsidP="00B6240F">
+          <w:p w14:paraId="3E1466DF" w14:textId="587B4596" w:rsidR="00B6240F" w:rsidRPr="00AD2511" w:rsidRDefault="006D781E" w:rsidP="00B6240F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-265621785"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B6240F" w:rsidRPr="00AD2511">
                   <w:rPr>
@@ -7721,51 +7787,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00B6240F" w:rsidRPr="00AD2511">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(sauf France). </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B6240F" w:rsidRPr="00AD2511" w14:paraId="3928F848" w14:textId="77777777" w:rsidTr="00D12245">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1BF5A0DD" w14:textId="4AFD8D38" w:rsidR="00B6240F" w:rsidRPr="00AD2511" w:rsidRDefault="00243E7B" w:rsidP="00B6240F">
+          <w:p w14:paraId="1BF5A0DD" w14:textId="4AFD8D38" w:rsidR="00B6240F" w:rsidRPr="00AD2511" w:rsidRDefault="006D781E" w:rsidP="00B6240F">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="117582114"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B6240F" w:rsidRPr="00AD2511">
                   <w:rPr>
@@ -7839,51 +7905,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>actuelles</w:t>
       </w:r>
       <w:r w:rsidR="00E95351" w:rsidRPr="00AD2511">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> La date de 1972 correspond à l’entrée en vigueur de la </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19" w:history="1">
+      <w:hyperlink r:id="rId18" w:history="1">
         <w:r w:rsidRPr="00AD2511">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Convention Unesco de 1970 sur la circulation des biens culturels</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2929669C" w14:textId="77777777" w:rsidR="00F84E50" w:rsidRDefault="00F84E50" w:rsidP="00E95351">
       <w:pPr>
@@ -8148,51 +8214,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Date de sortie du territoire d’origine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F5EA3F5" w14:textId="7699EAA5" w:rsidR="00B61B74" w:rsidRDefault="00243E7B" w:rsidP="00B61B74">
+          <w:p w14:paraId="0F5EA3F5" w14:textId="7699EAA5" w:rsidR="00B61B74" w:rsidRDefault="006D781E" w:rsidP="00B61B74">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1598857855"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008F70DB" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -8273,51 +8339,51 @@
             <w:r w:rsidR="00654B43">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>après</w:t>
             </w:r>
             <w:r w:rsidR="00B61B74" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 1972</w:t>
             </w:r>
             <w:r w:rsidR="00B61B74">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> : …………</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="140D62EB" w14:textId="5AF0B59D" w:rsidR="00D07EA1" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="008F70DB">
+          <w:p w14:paraId="140D62EB" w14:textId="5AF0B59D" w:rsidR="00D07EA1" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="008F70DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2038230008"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D07EA1" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -8406,51 +8472,51 @@
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00654B43">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> I</w:t>
             </w:r>
             <w:r w:rsidR="00D07EA1" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">nconnue  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="32446EB6" w14:textId="2D8230E1" w:rsidR="00D07EA1" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="008F70DB">
+          <w:p w14:paraId="32446EB6" w14:textId="2D8230E1" w:rsidR="00D07EA1" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="008F70DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1998490903"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D07EA1" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -8653,51 +8719,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Présence de documents liés à la circulation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2628E11E" w14:textId="27E79D63" w:rsidR="008F70DB" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="008F70DB">
+          <w:p w14:paraId="2628E11E" w14:textId="27E79D63" w:rsidR="008F70DB" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="008F70DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="892308218"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008F70DB" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -8784,161 +8850,161 @@
               <w:t>Vérifications de la législation applicable à cette circulation</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3DD29AC3" w14:textId="0CF7D55D" w:rsidR="008A2AA5" w:rsidRPr="00C62DB3" w:rsidRDefault="00AD2511" w:rsidP="008F70DB">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">(Ressources : </w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidRPr="00AD2511">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Natlaws</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
               <w:r w:rsidRPr="00AD2511">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t> </w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidR="007843D4" w:rsidRPr="007843D4">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:i/>
                   <w:iCs/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Sherloc</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
             <w:r w:rsidR="007843D4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="220FB972" w14:textId="0E2F0576" w:rsidR="008F70DB" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="008F70DB">
+          <w:p w14:paraId="220FB972" w14:textId="0E2F0576" w:rsidR="008F70DB" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="008F70DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="97374578"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008F70DB" w:rsidRPr="00C62DB3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008F70DB" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Non, préciser pourquoi : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="504A15DE" w14:textId="73A6880A" w:rsidR="008F70DB" w:rsidRDefault="00243E7B" w:rsidP="008F70DB">
+          <w:p w14:paraId="504A15DE" w14:textId="73A6880A" w:rsidR="008F70DB" w:rsidRDefault="006D781E" w:rsidP="008F70DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1836269869"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008F70DB" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -8985,51 +9051,51 @@
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Si l’objet provient de ou a circulé </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7C2B529B" w14:textId="393EB902" w:rsidR="008F70DB" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="008F70DB">
+          <w:p w14:paraId="7C2B529B" w14:textId="393EB902" w:rsidR="008F70DB" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="008F70DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1229273601"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008F70DB" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -9043,51 +9109,51 @@
             </w:sdt>
             <w:r w:rsidR="00DD0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Aux Etats-</w:t>
             </w:r>
             <w:r w:rsidR="00DD0E66" w:rsidRPr="007843D4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Unis :</w:t>
             </w:r>
             <w:r w:rsidR="008F70DB" w:rsidRPr="007843D4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidR="00DD0E66" w:rsidRPr="007843D4">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">base </w:t>
               </w:r>
               <w:r w:rsidR="008F70DB" w:rsidRPr="007843D4">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>FBI</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidR="008F70DB" w:rsidRPr="007843D4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -9113,51 +9179,51 @@
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DD0E66" w:rsidRPr="007843D4">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00DD0E66" w:rsidRPr="007843D4">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> En Italie : </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidR="00DD0E66" w:rsidRPr="007843D4">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">base </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
               <w:r w:rsidR="007843D4" w:rsidRPr="007843D4">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>iTPC</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
               <w:r w:rsidR="007843D4" w:rsidRPr="007843D4">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
@@ -9195,96 +9261,112 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="472EC2D3" w14:textId="025CD334" w:rsidR="008F70DB" w:rsidRPr="00C62DB3" w:rsidRDefault="008F70DB" w:rsidP="008F70DB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Mots-clés :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F00E3B3" w14:textId="71D97D6E" w:rsidR="00DD0E66" w:rsidRPr="00C62DB3" w:rsidRDefault="008F70DB" w:rsidP="00F84E50">
+          <w:p w14:paraId="2F00E3B3" w14:textId="5BF5CE5B" w:rsidR="00DD0E66" w:rsidRPr="00C62DB3" w:rsidRDefault="008F70DB" w:rsidP="00F84E50">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Résultats :</w:t>
+              <w:t>Résultats</w:t>
+            </w:r>
+            <w:r w:rsidR="00AD0495">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> et correspondances</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C62DB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t> :</w:t>
             </w:r>
             <w:r w:rsidR="00DD0E66">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2348EA9D" w14:textId="77777777" w:rsidR="00513F7A" w:rsidRDefault="00513F7A" w:rsidP="00513F7A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71153DBC" w14:textId="223854D5" w:rsidR="004008FD" w:rsidRPr="00C62DB3" w:rsidRDefault="004008FD" w:rsidP="00513F7A">
+    <w:p w14:paraId="71153DBC" w14:textId="3A858D33" w:rsidR="004008FD" w:rsidRPr="00C62DB3" w:rsidRDefault="004008FD" w:rsidP="00513F7A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="36"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
@@ -9371,61 +9453,83 @@
         </w:rPr>
         <w:t xml:space="preserve">(voir </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BE3238" w:rsidRPr="00BE3238">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Resprovmus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BE3238">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24" w:history="1">
+      <w:hyperlink r:id="rId23" w:history="1">
         <w:r w:rsidR="00BE3238" w:rsidRPr="00BE3238">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>lien ici</w:t>
+          <w:t xml:space="preserve">lien </w:t>
+        </w:r>
+        <w:r w:rsidR="00BE3238" w:rsidRPr="00BE3238">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>i</w:t>
+        </w:r>
+        <w:r w:rsidR="00BE3238" w:rsidRPr="00BE3238">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+          </w:rPr>
+          <w:t>ci</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BE3238" w:rsidRPr="00BE3238">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F480D5F" w14:textId="77777777" w:rsidR="009E718E" w:rsidRDefault="009E718E" w:rsidP="009E718E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="65"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -9879,51 +9983,51 @@
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="005F175F" w:rsidRPr="00C62DB3" w14:paraId="6D20EE10" w14:textId="77777777" w:rsidTr="00667582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="10CDC28B" w14:textId="77777777" w:rsidR="005F175F" w:rsidRPr="00C62DB3" w:rsidRDefault="005F175F" w:rsidP="00F26435">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="40AD0438" w14:textId="5B6B9411" w:rsidR="005F175F" w:rsidRPr="00C815C3" w:rsidRDefault="00243E7B" w:rsidP="00F26435">
+          <w:p w14:paraId="40AD0438" w14:textId="5B6B9411" w:rsidR="005F175F" w:rsidRPr="00C815C3" w:rsidRDefault="006D781E" w:rsidP="00F26435">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1841048022"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -10042,51 +10146,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005F175F" w:rsidRPr="00C815C3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E9E05C2" w14:textId="77777777" w:rsidR="005F175F" w:rsidRPr="00B07C39" w:rsidRDefault="00243E7B" w:rsidP="00B34529">
+          <w:p w14:paraId="7E9E05C2" w14:textId="77777777" w:rsidR="005F175F" w:rsidRPr="00B07C39" w:rsidRDefault="006D781E" w:rsidP="00B34529">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-2075806531"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B34529" w:rsidRPr="00B07C39">
                   <w:rPr>
@@ -10119,51 +10223,51 @@
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B34529" w:rsidRPr="00B07C39">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00B34529" w:rsidRPr="00B07C39">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Copie </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A27571A" w14:textId="0701C517" w:rsidR="00B34529" w:rsidRPr="00B07C39" w:rsidRDefault="00243E7B" w:rsidP="00B34529">
+          <w:p w14:paraId="1A27571A" w14:textId="0701C517" w:rsidR="00B34529" w:rsidRPr="00B07C39" w:rsidRDefault="006D781E" w:rsidP="00B34529">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="513738610"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B34529" w:rsidRPr="00B07C39">
                   <w:rPr>
@@ -10177,51 +10281,51 @@
             </w:sdt>
             <w:r w:rsidR="00B34529" w:rsidRPr="00B07C39">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Exemption </w:t>
             </w:r>
             <w:r w:rsidR="00B34529" w:rsidRPr="00B07C39">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(à justifier)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="237E5C03" w14:textId="77777777" w:rsidR="005F175F" w:rsidRDefault="00243E7B" w:rsidP="00F26435">
+          <w:p w14:paraId="237E5C03" w14:textId="77777777" w:rsidR="005F175F" w:rsidRDefault="006D781E" w:rsidP="00F26435">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1032687120"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -10233,51 +10337,51 @@
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0053151E" w:rsidRPr="00C815C3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0053151E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>France</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7245338B" w14:textId="71D4BCDC" w:rsidR="0053151E" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00F26435">
+          <w:p w14:paraId="7245338B" w14:textId="71D4BCDC" w:rsidR="0053151E" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00F26435">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-2093455707"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0053151E" w:rsidRPr="00C815C3">
@@ -10337,51 +10441,51 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A2637" w:rsidRPr="00C62DB3" w14:paraId="43CBCE81" w14:textId="77777777" w:rsidTr="00667582">
         <w:trPr>
           <w:trHeight w:val="472"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2359DB6B" w14:textId="77777777" w:rsidR="008A2637" w:rsidRPr="00C62DB3" w:rsidRDefault="008A2637" w:rsidP="008A2637">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4943583C" w14:textId="5AF3F0D9" w:rsidR="008A2637" w:rsidRPr="00C815C3" w:rsidRDefault="00243E7B" w:rsidP="008A2637">
+          <w:p w14:paraId="4943583C" w14:textId="5AF3F0D9" w:rsidR="008A2637" w:rsidRPr="00C815C3" w:rsidRDefault="006D781E" w:rsidP="008A2637">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="250245866"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -10500,51 +10604,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008A2637" w:rsidRPr="00C815C3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B8CCF63" w14:textId="77777777" w:rsidR="008A2637" w:rsidRPr="00B07C39" w:rsidRDefault="00243E7B" w:rsidP="008A2637">
+          <w:p w14:paraId="6B8CCF63" w14:textId="77777777" w:rsidR="008A2637" w:rsidRPr="00B07C39" w:rsidRDefault="006D781E" w:rsidP="008A2637">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1399555907"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
                   <w:rPr>
@@ -10577,51 +10681,51 @@
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Copie </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="16018FF3" w14:textId="13FCF3D1" w:rsidR="008A2637" w:rsidRPr="00B07C39" w:rsidRDefault="00243E7B" w:rsidP="008A2637">
+          <w:p w14:paraId="16018FF3" w14:textId="13FCF3D1" w:rsidR="008A2637" w:rsidRPr="00B07C39" w:rsidRDefault="006D781E" w:rsidP="008A2637">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1840776172"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
                   <w:rPr>
@@ -10635,51 +10739,51 @@
             </w:sdt>
             <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Exemption </w:t>
             </w:r>
             <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(à justifier)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01A483B2" w14:textId="77777777" w:rsidR="0053151E" w:rsidRDefault="00243E7B" w:rsidP="0053151E">
+          <w:p w14:paraId="01A483B2" w14:textId="77777777" w:rsidR="0053151E" w:rsidRDefault="006D781E" w:rsidP="0053151E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="2026820838"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -10691,51 +10795,51 @@
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0053151E" w:rsidRPr="00C815C3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0053151E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>France</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="54FC1F37" w14:textId="1F5CF4F8" w:rsidR="008A2637" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="0053151E">
+          <w:p w14:paraId="54FC1F37" w14:textId="1F5CF4F8" w:rsidR="008A2637" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="0053151E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-333831945"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0053151E" w:rsidRPr="00C815C3">
@@ -10792,51 +10896,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A2637" w:rsidRPr="00C62DB3" w14:paraId="0204BD47" w14:textId="77777777" w:rsidTr="00667582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CBE017A" w14:textId="77777777" w:rsidR="008A2637" w:rsidRPr="00C62DB3" w:rsidRDefault="008A2637" w:rsidP="008A2637">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="204BA4A0" w14:textId="0932980F" w:rsidR="008A2637" w:rsidRPr="00C815C3" w:rsidRDefault="00243E7B" w:rsidP="008A2637">
+          <w:p w14:paraId="204BA4A0" w14:textId="0932980F" w:rsidR="008A2637" w:rsidRPr="00C815C3" w:rsidRDefault="006D781E" w:rsidP="008A2637">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1301729058"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -10955,51 +11059,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008A2637" w:rsidRPr="00C815C3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61758E83" w14:textId="77777777" w:rsidR="008A2637" w:rsidRPr="00B07C39" w:rsidRDefault="00243E7B" w:rsidP="008A2637">
+          <w:p w14:paraId="61758E83" w14:textId="77777777" w:rsidR="008A2637" w:rsidRPr="00B07C39" w:rsidRDefault="006D781E" w:rsidP="008A2637">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="894783745"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
                   <w:rPr>
@@ -11032,51 +11136,51 @@
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Copie </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C1D5A44" w14:textId="75E91D57" w:rsidR="008A2637" w:rsidRPr="00B07C39" w:rsidRDefault="00243E7B" w:rsidP="008A2637">
+          <w:p w14:paraId="7C1D5A44" w14:textId="75E91D57" w:rsidR="008A2637" w:rsidRPr="00B07C39" w:rsidRDefault="006D781E" w:rsidP="008A2637">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="693193204"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
                   <w:rPr>
@@ -11090,51 +11194,51 @@
             </w:sdt>
             <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Exemption </w:t>
             </w:r>
             <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(à justifier)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="19EC7F3A" w14:textId="77777777" w:rsidR="0053151E" w:rsidRDefault="00243E7B" w:rsidP="0053151E">
+          <w:p w14:paraId="19EC7F3A" w14:textId="77777777" w:rsidR="0053151E" w:rsidRDefault="006D781E" w:rsidP="0053151E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1738775468"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -11146,51 +11250,51 @@
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0053151E" w:rsidRPr="00C815C3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0053151E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>France</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0D1CCEAE" w14:textId="20D9A153" w:rsidR="008A2637" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="0053151E">
+          <w:p w14:paraId="0D1CCEAE" w14:textId="20D9A153" w:rsidR="008A2637" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="0053151E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="832876623"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0053151E" w:rsidRPr="00C815C3">
@@ -11247,51 +11351,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A2637" w:rsidRPr="00C62DB3" w14:paraId="6B331716" w14:textId="77777777" w:rsidTr="00667582">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1555" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0ADE10C2" w14:textId="77777777" w:rsidR="008A2637" w:rsidRPr="00C62DB3" w:rsidRDefault="008A2637" w:rsidP="008A2637">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04358C4B" w14:textId="593F0C4B" w:rsidR="008A2637" w:rsidRPr="00C815C3" w:rsidRDefault="00243E7B" w:rsidP="008A2637">
+          <w:p w14:paraId="04358C4B" w14:textId="593F0C4B" w:rsidR="008A2637" w:rsidRPr="00C815C3" w:rsidRDefault="006D781E" w:rsidP="008A2637">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="13426783"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -11410,51 +11514,51 @@
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008A2637" w:rsidRPr="00C815C3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>D</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63D982D6" w14:textId="77777777" w:rsidR="008A2637" w:rsidRPr="00B07C39" w:rsidRDefault="00243E7B" w:rsidP="008A2637">
+          <w:p w14:paraId="63D982D6" w14:textId="77777777" w:rsidR="008A2637" w:rsidRPr="00B07C39" w:rsidRDefault="006D781E" w:rsidP="008A2637">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1013686486"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
                   <w:rPr>
@@ -11487,51 +11591,51 @@
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="18"/>
                     <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Copie </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A9F2DDF" w14:textId="2A7D3ACA" w:rsidR="008A2637" w:rsidRPr="00B07C39" w:rsidRDefault="00243E7B" w:rsidP="008A2637">
+          <w:p w14:paraId="4A9F2DDF" w14:textId="2A7D3ACA" w:rsidR="008A2637" w:rsidRPr="00B07C39" w:rsidRDefault="006D781E" w:rsidP="008A2637">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1397511877"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
                   <w:rPr>
@@ -11545,51 +11649,51 @@
             </w:sdt>
             <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Exemption </w:t>
             </w:r>
             <w:r w:rsidR="008A2637" w:rsidRPr="00B07C39">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(à justifier)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7CDB296D" w14:textId="77777777" w:rsidR="0053151E" w:rsidRDefault="00243E7B" w:rsidP="0053151E">
+          <w:p w14:paraId="7CDB296D" w14:textId="77777777" w:rsidR="0053151E" w:rsidRDefault="006D781E" w:rsidP="0053151E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="-1340306552"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -11601,51 +11705,51 @@
                     <w:lang w:val="en-US"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0053151E" w:rsidRPr="00C815C3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0053151E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>France</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57AF8E6A" w14:textId="7ED13A0C" w:rsidR="008A2637" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="0053151E">
+          <w:p w14:paraId="57AF8E6A" w14:textId="7ED13A0C" w:rsidR="008A2637" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="0053151E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:val="en-US"/>
                 </w:rPr>
                 <w:id w:val="1183018540"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0053151E" w:rsidRPr="00C815C3">
@@ -12072,102 +12176,102 @@
         </w:rPr>
         <w:t xml:space="preserve">(voir </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BE3238" w:rsidRPr="00BE3238">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Resprovmus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BE3238">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25" w:history="1">
+      <w:hyperlink r:id="rId24" w:history="1">
         <w:r w:rsidR="00BE3238" w:rsidRPr="00BE3238">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>lien ici</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BE3238" w:rsidRPr="00BE3238">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="436"/>
         <w:gridCol w:w="8908"/>
       </w:tblGrid>
       <w:tr w:rsidR="008C708E" w:rsidRPr="00C62DB3" w14:paraId="23B6DF7D" w14:textId="77777777" w:rsidTr="008C708E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0005B9B1" w14:textId="30CA05FA" w:rsidR="008C708E" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="008C708E">
+          <w:p w14:paraId="0005B9B1" w14:textId="30CA05FA" w:rsidR="008C708E" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="008C708E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="872506982"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -12270,51 +12374,51 @@
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C708E" w:rsidRPr="00C62DB3" w14:paraId="0F03392F" w14:textId="77777777" w:rsidTr="008C708E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="116F08E6" w14:textId="51542016" w:rsidR="008C708E" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="008C708E">
+          <w:p w14:paraId="116F08E6" w14:textId="51542016" w:rsidR="008C708E" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="008C708E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1098023316"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -12566,51 +12670,51 @@
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008C708E" w:rsidRPr="00C62DB3" w14:paraId="43FC37F4" w14:textId="77777777" w:rsidTr="00CF141A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="436" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="196E2C58" w14:textId="2C0D0FDD" w:rsidR="008C708E" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="008C708E">
+          <w:p w14:paraId="196E2C58" w14:textId="2C0D0FDD" w:rsidR="008C708E" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="008C708E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="2018878855"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008C708E" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -12824,1115 +12928,1195 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t> :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3539"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3115"/>
+        <w:gridCol w:w="2609"/>
+        <w:gridCol w:w="1497"/>
+        <w:gridCol w:w="2552"/>
+        <w:gridCol w:w="2686"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0024137F" w:rsidRPr="00C62DB3" w14:paraId="6B9BADE5" w14:textId="77777777" w:rsidTr="00513F7A">
+      <w:tr w:rsidR="00E27837" w:rsidRPr="00C62DB3" w14:paraId="6B9BADE5" w14:textId="536FE3D2" w:rsidTr="006D781E">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:tcW w:w="2609" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="36FD12D6" w14:textId="2EC66356" w:rsidR="0024137F" w:rsidRPr="00C62DB3" w:rsidRDefault="0024137F" w:rsidP="0024137F">
+          <w:p w14:paraId="219E214E" w14:textId="77777777" w:rsidR="00E27837" w:rsidRDefault="00E27837" w:rsidP="0024137F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
+          <w:p w14:paraId="36FD12D6" w14:textId="73C1E4F2" w:rsidR="00385DF3" w:rsidRPr="00C62DB3" w:rsidRDefault="00385DF3" w:rsidP="0024137F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2690" w:type="dxa"/>
+            <w:tcW w:w="1497" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="72599489" w14:textId="77777777" w:rsidR="0024137F" w:rsidRDefault="0024137F" w:rsidP="0024137F">
+          <w:p w14:paraId="72599489" w14:textId="77777777" w:rsidR="00E27837" w:rsidRPr="00E27837" w:rsidRDefault="00E27837" w:rsidP="0024137F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C62DB3">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mots-clés</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25C85FA1" w14:textId="7A4EFDC3" w:rsidR="00696754" w:rsidRPr="00696754" w:rsidRDefault="00696754" w:rsidP="0024137F">
+          <w:p w14:paraId="63F55DFF" w14:textId="77777777" w:rsidR="00E27837" w:rsidRPr="00E27837" w:rsidRDefault="00E27837" w:rsidP="0024137F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="130121BC" w14:textId="77777777" w:rsidR="00E27837" w:rsidRPr="00E27837" w:rsidRDefault="00E27837" w:rsidP="0024137F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="25C85FA1" w14:textId="7A4EFDC3" w:rsidR="00E27837" w:rsidRPr="00E27837" w:rsidRDefault="00E27837" w:rsidP="0024137F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00696754">
+            <w:r w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ex : « POMME »</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3115" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="31126849" w14:textId="77777777" w:rsidR="0024137F" w:rsidRDefault="0024137F" w:rsidP="0024137F">
-[...33 lines deleted...]
-          <w:p w14:paraId="13096CB2" w14:textId="2269F429" w:rsidR="00696754" w:rsidRPr="00696754" w:rsidRDefault="00696754" w:rsidP="0024137F">
+          <w:p w14:paraId="31126849" w14:textId="6A4FB0F4" w:rsidR="00E27837" w:rsidRPr="00E27837" w:rsidRDefault="00E27837" w:rsidP="0024137F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00696754">
+            <w:r w:rsidRPr="00E27837">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Résultats </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ex : « 15 résultats, pas de </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00696754">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="003420E8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>corresp</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00696754">
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>. »</w:t>
-[...10 lines deleted...]
-          <w:p w14:paraId="5E20467C" w14:textId="225CA553" w:rsidR="00CF141A" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="0024137F">
+              <w:t xml:space="preserve">ombien de notices apparaissent </w:t>
+            </w:r>
+            <w:r w:rsidR="003420E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>avec</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E27837">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ce mot-clé</w:t>
+            </w:r>
+            <w:r w:rsidR="003420E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> ?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E27837">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5417D11F" w14:textId="77777777" w:rsidR="00E27837" w:rsidRPr="00E27837" w:rsidRDefault="00E27837" w:rsidP="0024137F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="13096CB2" w14:textId="62F54761" w:rsidR="00E27837" w:rsidRPr="00E27837" w:rsidRDefault="00E27837" w:rsidP="0024137F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E27837">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ex : « 15 résultats »</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73E1B0A2" w14:textId="77777777" w:rsidR="003420E8" w:rsidRDefault="00E27837" w:rsidP="0024137F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E27837">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Correspondances </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B184131" w14:textId="71A8B753" w:rsidR="00E27837" w:rsidRPr="00E27837" w:rsidRDefault="00E27837" w:rsidP="0024137F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E27837">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="003420E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E27837">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>armi les résultats, est-ce que l’un peut être l’objet cherché ?)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0683C8D5" w14:textId="2C1BD25B" w:rsidR="00E27837" w:rsidRPr="00E27837" w:rsidRDefault="00E27837" w:rsidP="0024137F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E27837">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Ex : «</w:t>
+            </w:r>
+            <w:r w:rsidR="006D781E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> pas de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="006D781E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>corresp</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006D781E">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E27837">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E27837" w:rsidRPr="00C62DB3" w14:paraId="2380B8AC" w14:textId="08BC492E" w:rsidTr="006D781E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2609" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E20467C" w14:textId="225CA553" w:rsidR="00E27837" w:rsidRPr="00E27837" w:rsidRDefault="006D781E" w:rsidP="0024137F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-973909334"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+                <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Base </w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+              <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Lost</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+              <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> Art </w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C2D65BD" w14:textId="06AF3C10" w:rsidR="001F6026" w:rsidRPr="00C62DB3" w:rsidRDefault="00CA146B" w:rsidP="008E73CA">
+          <w:p w14:paraId="7C2D65BD" w14:textId="06AF3C10" w:rsidR="00E27837" w:rsidRPr="00E27837" w:rsidRDefault="00E27837" w:rsidP="008E73CA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...59 lines deleted...]
-            <w:r w:rsidR="00513F7A" w:rsidRPr="00513F7A">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chercher chaque mot-clé en français, en allemand, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>et</w:t>
             </w:r>
-            <w:r w:rsidR="00513F7A">
+            <w:r w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> anglais.</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> en anglais.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2690" w:type="dxa"/>
+            <w:tcW w:w="1497" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="74A4FE3D" w14:textId="51844E7A" w:rsidR="0024137F" w:rsidRPr="00C62DB3" w:rsidRDefault="0024137F" w:rsidP="0024137F">
+          <w:p w14:paraId="74A4FE3D" w14:textId="51844E7A" w:rsidR="00E27837" w:rsidRPr="00C62DB3" w:rsidRDefault="00E27837" w:rsidP="0024137F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3115" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="78BA70A7" w14:textId="2CD06375" w:rsidR="0024137F" w:rsidRPr="00C62DB3" w:rsidRDefault="0024137F" w:rsidP="0024137F">
+          <w:p w14:paraId="78BA70A7" w14:textId="2CD06375" w:rsidR="00E27837" w:rsidRPr="00C62DB3" w:rsidRDefault="00E27837" w:rsidP="0024137F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="0024137F" w:rsidRPr="00C62DB3" w14:paraId="3BBDD4D1" w14:textId="77777777" w:rsidTr="00513F7A">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3539" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2686" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="06D20E65" w14:textId="0BDAD0CB" w:rsidR="008E73CA" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00CF141A">
+          <w:p w14:paraId="3A502D39" w14:textId="77777777" w:rsidR="00E27837" w:rsidRPr="00C62DB3" w:rsidRDefault="00E27837" w:rsidP="0024137F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E27837" w:rsidRPr="00C62DB3" w14:paraId="3BBDD4D1" w14:textId="30E3B06F" w:rsidTr="006D781E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2609" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D20E65" w14:textId="0BDAD0CB" w:rsidR="00E27837" w:rsidRPr="00E27837" w:rsidRDefault="006D781E" w:rsidP="00CF141A">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1957859727"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+                <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-                <w:sz w:val="20"/>
-[...14 lines deleted...]
-              <w:r w:rsidR="00A47C79" w:rsidRPr="00C62DB3">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Base des objets d’art du Jeu de Paume (</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>ERR Project</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00A47C79" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
-            <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1C3957A8" w14:textId="03277739" w:rsidR="003C015E" w:rsidRPr="00C62DB3" w:rsidRDefault="00CA146B" w:rsidP="00DD0E66">
+          <w:p w14:paraId="1C3957A8" w14:textId="03277739" w:rsidR="00E27837" w:rsidRPr="00E27837" w:rsidRDefault="00E27837" w:rsidP="00DD0E66">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...48 lines deleted...]
-            <w:r w:rsidR="00513F7A" w:rsidRPr="00513F7A">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chercher chaque mot-clé en français, en allemand </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>et</w:t>
             </w:r>
-            <w:r w:rsidRPr="00C62DB3">
+            <w:r w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00513F7A">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> en anglais.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EE49235" w14:textId="77777777" w:rsidR="00E27837" w:rsidRPr="00C62DB3" w:rsidRDefault="00E27837" w:rsidP="0024137F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C9F4B7" w14:textId="77777777" w:rsidR="00E27837" w:rsidRPr="00C62DB3" w:rsidRDefault="00E27837" w:rsidP="0024137F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29F46C2A" w14:textId="77777777" w:rsidR="00E27837" w:rsidRPr="00C62DB3" w:rsidRDefault="00E27837" w:rsidP="0024137F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E27837" w:rsidRPr="00C62DB3" w14:paraId="430A030C" w14:textId="20E658EF" w:rsidTr="006D781E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2609" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C9A2294" w14:textId="3AA1555C" w:rsidR="00E27837" w:rsidRPr="00E27837" w:rsidRDefault="006D781E" w:rsidP="00DD0E66">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...75 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="594909317"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+                <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Répertoire des </w:t>
             </w:r>
-            <w:hyperlink r:id="rId28" w:anchor="acces" w:history="1">
-              <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+            <w:hyperlink r:id="rId27" w:anchor="acces" w:history="1">
+              <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Biens spoliés </w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="009E718E" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00CA146B">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Chercher chaque mot-clé en français. En plus du tome correspondant, les 2è et 3è suppléments doivent être consultés.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1497" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="402D71A4" w14:textId="77777777" w:rsidR="00E27837" w:rsidRPr="00C62DB3" w:rsidRDefault="00E27837" w:rsidP="0024137F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A6D6D62" w14:textId="77777777" w:rsidR="00E27837" w:rsidRPr="00C62DB3" w:rsidRDefault="00E27837" w:rsidP="0024137F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FEE7BDA" w14:textId="77777777" w:rsidR="00E27837" w:rsidRPr="00C62DB3" w:rsidRDefault="00E27837" w:rsidP="0024137F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E27837" w:rsidRPr="00C62DB3" w14:paraId="34DB2416" w14:textId="3B12286C" w:rsidTr="006D781E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2609" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="37713603" w14:textId="77777777" w:rsidR="00E27837" w:rsidRPr="00E27837" w:rsidRDefault="00E27837" w:rsidP="0024137F">
+            <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00513F7A">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...105 lines deleted...]
-              </w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Si arts graphiques ou peinture :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7223B0E8" w14:textId="52E5D3DB" w:rsidR="00CC4B7B" w:rsidRPr="00DD0E66" w:rsidRDefault="00243E7B" w:rsidP="00EF6DFC">
+          <w:p w14:paraId="7223B0E8" w14:textId="52E5D3DB" w:rsidR="00E27837" w:rsidRPr="00DD0E66" w:rsidRDefault="006D781E" w:rsidP="00EF6DFC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="2033680866"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+                <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:color w:val="000000" w:themeColor="text1"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Base </w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-              <w:r w:rsidR="0024137F" w:rsidRPr="00C62DB3">
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>TED </w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00EF6DFC" w:rsidRPr="00EF6DFC">
+            <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00EF6DFC" w:rsidRPr="00EF6DFC">
+            <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="auto"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:u w:val="none"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="009E718E" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="00E27837" w:rsidRPr="00E27837">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...35 lines deleted...]
-              <w:t>)</w:t>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Chercher chaque mot-clé ou titre en français.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2690" w:type="dxa"/>
+            <w:tcW w:w="1497" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5E46B468" w14:textId="77777777" w:rsidR="0024137F" w:rsidRPr="00C62DB3" w:rsidRDefault="0024137F" w:rsidP="0024137F">
+          <w:p w14:paraId="5E46B468" w14:textId="77777777" w:rsidR="00E27837" w:rsidRPr="00C62DB3" w:rsidRDefault="00E27837" w:rsidP="0024137F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3115" w:type="dxa"/>
+            <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5983EAFF" w14:textId="77777777" w:rsidR="0024137F" w:rsidRPr="00C62DB3" w:rsidRDefault="0024137F" w:rsidP="0024137F">
+          <w:p w14:paraId="5983EAFF" w14:textId="77777777" w:rsidR="00E27837" w:rsidRPr="00C62DB3" w:rsidRDefault="00E27837" w:rsidP="0024137F">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2686" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A582FD" w14:textId="77777777" w:rsidR="00E27837" w:rsidRPr="00C62DB3" w:rsidRDefault="00E27837" w:rsidP="0024137F">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="55D4FF97" w14:textId="77777777" w:rsidR="00DC0A65" w:rsidRDefault="00DC0A65" w:rsidP="00D91390">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -13942,1211 +14126,1251 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0411D988" w14:textId="7BD6B242" w:rsidR="00725F21" w:rsidRPr="00C62DB3" w:rsidRDefault="00725F21" w:rsidP="00D91390">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Conseillées :</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3539"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3115"/>
+        <w:gridCol w:w="2547"/>
+        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="2545"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3" w14:paraId="488AE97D" w14:textId="77777777" w:rsidTr="00513F7A">
+      <w:tr w:rsidR="00385DF3" w:rsidRPr="00C62DB3" w14:paraId="488AE97D" w14:textId="15E2220B" w:rsidTr="00385DF3">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3539" w:type="dxa"/>
+            <w:tcW w:w="2547" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7FE6E6EA" w14:textId="4FCF1578" w:rsidR="008E73CA" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00CC4B7B">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="7FE6E6EA" w14:textId="4FCF1578" w:rsidR="00385DF3" w:rsidRPr="00385DF3" w:rsidRDefault="006D781E" w:rsidP="00CC4B7B">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1903977603"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3">
+                <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="002173DE" w:rsidRPr="00C62DB3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C00000"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Base </w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3">
+              <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Looted</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3">
+              <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> Art </w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="12264ADA" w14:textId="633F39EA" w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3" w:rsidRDefault="008E73CA" w:rsidP="00CC4B7B">
+          <w:p w14:paraId="12264ADA" w14:textId="633F39EA" w:rsidR="00385DF3" w:rsidRPr="00385DF3" w:rsidRDefault="00385DF3" w:rsidP="00CC4B7B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...3 lines deleted...]
-            <w:r w:rsidRPr="00C62DB3">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00385DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="00C46373">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Chercher chaque mot-clé en français, allemand et anglais.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1559" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="62124A8F" w14:textId="77777777" w:rsidR="00385DF3" w:rsidRPr="00C62DB3" w:rsidRDefault="00385DF3" w:rsidP="002F779D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="72C34715" w14:textId="77777777" w:rsidR="00385DF3" w:rsidRPr="00C62DB3" w:rsidRDefault="00385DF3" w:rsidP="002F779D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F40C2FC" w14:textId="77777777" w:rsidR="00385DF3" w:rsidRPr="00C62DB3" w:rsidRDefault="00385DF3" w:rsidP="002F779D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00385DF3" w:rsidRPr="00C62DB3" w14:paraId="65CEF1A9" w14:textId="1284FFDD" w:rsidTr="00385DF3">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2547" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="749A5226" w14:textId="1D5138B6" w:rsidR="00385DF3" w:rsidRPr="00385DF3" w:rsidRDefault="00385DF3" w:rsidP="008E73CA">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00C62DB3">
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bases </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Deutsches </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Historisches</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Museum </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="C00000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>database</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (DHM) : </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_Hlk201138955"/>
+            <w:r w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Chercher</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00385DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
-                <w:sz w:val="20"/>
-[...157 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">haque mot-clé en français, allemand et anglais. </w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
-          <w:p w14:paraId="5A15925B" w14:textId="7D42B448" w:rsidR="00513F7A" w:rsidRDefault="00243E7B" w:rsidP="00513F7A">
-[...4 lines deleted...]
-                <w:szCs w:val="20"/>
+          <w:p w14:paraId="0CB7306E" w14:textId="77777777" w:rsidR="00385DF3" w:rsidRDefault="006D781E" w:rsidP="00513F7A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-1062394350"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3">
+                <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-              <w:r w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3">
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>DHM</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3">
-[...14 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> CCP                   </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5A15925B" w14:textId="27758568" w:rsidR="00385DF3" w:rsidRPr="00385DF3" w:rsidRDefault="006D781E" w:rsidP="00513F7A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="1647400879"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3">
+                <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-              <w:r w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3">
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>DHM</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Linz</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37827DB6" w14:textId="3A6BF151" w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00513F7A">
+          <w:p w14:paraId="37827DB6" w14:textId="3A6BF151" w:rsidR="00385DF3" w:rsidRPr="00385DF3" w:rsidRDefault="006D781E" w:rsidP="00513F7A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:id w:val="-708953929"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3">
+                <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
-              <w:r w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3">
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>DHM</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3">
-[...21 lines deleted...]
-              <w:t>oering</w:t>
+            <w:r w:rsidR="00385DF3" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Goering</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2690" w:type="dxa"/>
+            <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="241D70AE" w14:textId="77777777" w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3" w:rsidRDefault="00CC4B7B" w:rsidP="002F779D">
+          <w:p w14:paraId="241D70AE" w14:textId="77777777" w:rsidR="00385DF3" w:rsidRPr="00C62DB3" w:rsidRDefault="00385DF3" w:rsidP="002F779D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3115" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="18789A94" w14:textId="77777777" w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3" w:rsidRDefault="00CC4B7B" w:rsidP="002F779D">
+          <w:p w14:paraId="18789A94" w14:textId="77777777" w:rsidR="00385DF3" w:rsidRPr="00C62DB3" w:rsidRDefault="00385DF3" w:rsidP="002F779D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13586B40" w14:textId="77777777" w:rsidR="00385DF3" w:rsidRPr="00C62DB3" w:rsidRDefault="00385DF3" w:rsidP="002F779D">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6C423B34" w14:textId="1D6C4D9A" w:rsidR="0068453C" w:rsidRPr="00C62DB3" w:rsidRDefault="00CC4B7B" w:rsidP="00CC4B7B">
+    <w:p w14:paraId="6CBF5556" w14:textId="77777777" w:rsidR="00385DF3" w:rsidRDefault="00385DF3" w:rsidP="00CC4B7B">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C423B34" w14:textId="7078FE43" w:rsidR="0068453C" w:rsidRPr="00C62DB3" w:rsidRDefault="00CC4B7B" w:rsidP="00CC4B7B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1870"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">En fonction des pays d’origine et/ou de circulation : </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2972"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3112"/>
+        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="2552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3" w14:paraId="1EF3E246" w14:textId="77777777" w:rsidTr="00667582">
+      <w:tr w:rsidR="003420E8" w:rsidRPr="00C62DB3" w14:paraId="1EF3E246" w14:textId="77777777" w:rsidTr="003420E8">
+        <w:trPr>
+          <w:trHeight w:val="1302"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2689" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="662AF7B3" w14:textId="77777777" w:rsidR="00CC4B7B" w:rsidRPr="004F1F10" w:rsidRDefault="00243E7B" w:rsidP="004F1F10">
+          <w:p w14:paraId="662AF7B3" w14:textId="77777777" w:rsidR="003420E8" w:rsidRPr="00385DF3" w:rsidRDefault="006D781E" w:rsidP="004F1F10">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="467886" w:themeColor="hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="de-DE"/>
                 </w:rPr>
                 <w:id w:val="101769653"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00CC4B7B" w:rsidRPr="004F1F10">
+                <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00CC4B7B" w:rsidRPr="004F1F10">
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE" w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00CC4B7B" w:rsidRPr="004F1F10">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Allemagne</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="00CC4B7B" w:rsidRPr="004F1F10">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00CC4B7B" w:rsidRPr="004F1F10">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-              <w:r w:rsidR="009E718E" w:rsidRPr="004F1F10">
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="MS Gothic" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                   <w:lang w:val="de-DE"/>
                 </w:rPr>
                 <w:t>BRUG</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="0615D2BD" w14:textId="77777777" w:rsidR="0068453C" w:rsidRPr="004F1F10" w:rsidRDefault="00243E7B" w:rsidP="004F1F10">
+          <w:p w14:paraId="0615D2BD" w14:textId="77777777" w:rsidR="003420E8" w:rsidRPr="00385DF3" w:rsidRDefault="006D781E" w:rsidP="004F1F10">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="467886" w:themeColor="hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="de-DE"/>
                 </w:rPr>
                 <w:id w:val="853159951"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0068453C" w:rsidRPr="004F1F10">
+                <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="0068453C" w:rsidRPr="004F1F10">
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE" w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="0068453C" w:rsidRPr="004F1F10">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Autriche</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0068453C" w:rsidRPr="004F1F10">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="0068453C" w:rsidRPr="004F1F10">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
-              <w:r w:rsidR="0068453C" w:rsidRPr="004F1F10">
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                   <w:lang w:val="de-DE"/>
                 </w:rPr>
                 <w:t>Kunstdatenbank</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="1CBFB64D" w14:textId="77777777" w:rsidR="0068453C" w:rsidRPr="004F1F10" w:rsidRDefault="00243E7B" w:rsidP="004F1F10">
+          <w:p w14:paraId="1CBFB64D" w14:textId="77777777" w:rsidR="003420E8" w:rsidRPr="00385DF3" w:rsidRDefault="006D781E" w:rsidP="004F1F10">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="467886" w:themeColor="hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:val="de-DE"/>
                 </w:rPr>
                 <w:id w:val="791253162"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0068453C" w:rsidRPr="004F1F10">
+                <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                     <w:lang w:val="de-DE"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="0068453C" w:rsidRPr="004F1F10">
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE" w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="0068453C" w:rsidRPr="004F1F10">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t>Belgique</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="0068453C" w:rsidRPr="004F1F10">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t> :</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="0068453C" w:rsidRPr="004F1F10">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:val="de-DE"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="0068453C" w:rsidRPr="004F1F10">
+              <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                   <w:lang w:val="de-DE"/>
                 </w:rPr>
                 <w:t>Lootedart</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidR="0068453C" w:rsidRPr="004F1F10">
+              <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                   <w:lang w:val="de-DE"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="0068453C" w:rsidRPr="004F1F10">
+              <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                   <w:lang w:val="de-DE"/>
                 </w:rPr>
                 <w:t>Belgium</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="001608E7" w14:textId="77777777" w:rsidR="0068453C" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="004F1F10">
+          <w:p w14:paraId="001608E7" w14:textId="77777777" w:rsidR="003420E8" w:rsidRPr="00385DF3" w:rsidRDefault="006D781E" w:rsidP="004F1F10">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="467886" w:themeColor="hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:id w:val="-494642121"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0068453C" w:rsidRPr="00C62DB3">
+                <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="0068453C" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0068453C" w:rsidRPr="00C62DB3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">P. -Bas : </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-              <w:r w:rsidR="0068453C" w:rsidRPr="00C62DB3">
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>wo2.collectienederland</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidR="0068453C" w:rsidRPr="00C62DB3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E241FBC" w14:textId="77777777" w:rsidR="0068453C" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="004F1F10">
+          <w:p w14:paraId="6E241FBC" w14:textId="77777777" w:rsidR="003420E8" w:rsidRPr="00385DF3" w:rsidRDefault="006D781E" w:rsidP="004F1F10">
             <w:pPr>
               <w:spacing w:beforeLines="20" w:before="48"/>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="467886" w:themeColor="hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:id w:val="-1591923254"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0068453C" w:rsidRPr="00C62DB3">
+                <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="0068453C" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0068453C" w:rsidRPr="00C62DB3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Pologne : </w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="0068453C" w:rsidRPr="00C62DB3">
+              <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Lootedart</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
-              <w:r w:rsidR="0068453C" w:rsidRPr="00C62DB3">
+              <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> Pologne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="4F024620" w14:textId="06711B4F" w:rsidR="0068453C" w:rsidRPr="0068453C" w:rsidRDefault="00243E7B" w:rsidP="004F1F10">
+          <w:p w14:paraId="4F024620" w14:textId="06711B4F" w:rsidR="003420E8" w:rsidRPr="0068453C" w:rsidRDefault="006D781E" w:rsidP="004F1F10">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="467886" w:themeColor="hyperlink"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:id w:val="-1315558724"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="0068453C" w:rsidRPr="00C62DB3">
+                <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
-                    <w:sz w:val="20"/>
-                    <w:szCs w:val="20"/>
+                    <w:sz w:val="18"/>
+                    <w:szCs w:val="18"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="0068453C" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:sz w:val="20"/>
-                <w:szCs w:val="20"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="0068453C" w:rsidRPr="00C62DB3">
-[...3 lines deleted...]
-                <w:szCs w:val="20"/>
+            <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Tchéquie : </w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
-              <w:r w:rsidR="0068453C" w:rsidRPr="00C62DB3">
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r w:rsidR="003420E8" w:rsidRPr="00385DF3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                  <w:sz w:val="20"/>
-                  <w:szCs w:val="20"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>Citem.cz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2549296C" w14:textId="77777777" w:rsidR="009E718E" w:rsidRPr="00C62DB3" w:rsidRDefault="009E718E" w:rsidP="004F1F10">
+          <w:p w14:paraId="6E1AD100" w14:textId="77777777" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="003420E8" w:rsidP="004F1F10">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3112" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="02C6C804" w14:textId="77777777" w:rsidR="00CC4B7B" w:rsidRPr="00C62DB3" w:rsidRDefault="00CC4B7B" w:rsidP="004F1F10">
+          <w:p w14:paraId="2549296C" w14:textId="14A737F8" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="003420E8" w:rsidP="004F1F10">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:contextualSpacing/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="02C6C804" w14:textId="77777777" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="003420E8" w:rsidP="004F1F10">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="71EF7239" w14:textId="77777777" w:rsidR="00CC4B7B" w:rsidRDefault="00CC4B7B" w:rsidP="00CC4B7B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
@@ -15202,533 +15426,525 @@
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2972"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3537"/>
+        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="2545"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F613C4" w:rsidRPr="00C62DB3" w14:paraId="54FF52BC" w14:textId="649D54E1" w:rsidTr="00667582">
+      <w:tr w:rsidR="003420E8" w:rsidRPr="00C62DB3" w14:paraId="21344864" w14:textId="3B576FD0" w:rsidTr="003420E8">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4083BD89" w14:textId="77777777" w:rsidR="00F613C4" w:rsidRPr="00C62DB3" w:rsidRDefault="00F613C4" w:rsidP="00A560DB">
-[...78 lines deleted...]
-          <w:p w14:paraId="6BAB2EEE" w14:textId="0B3B1A16" w:rsidR="00F613C4" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00A560DB">
+          <w:p w14:paraId="6BAB2EEE" w14:textId="744AA56E" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00A560DB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1946763509"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F613C4" w:rsidRPr="00C62DB3">
+                <w:r w:rsidR="003420E8" w:rsidRPr="00C62DB3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00F613C4" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="003420E8" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
-              <w:r w:rsidR="009E718E" w:rsidRPr="00C62DB3">
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r w:rsidR="003420E8" w:rsidRPr="00C62DB3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t>Répertoire des acteurs du marché de l’art sous l’Occupation</w:t>
+                <w:t xml:space="preserve">Répertoire des acteurs du marché de l’art sous </w:t>
+              </w:r>
+              <w:proofErr w:type="spellStart"/>
+              <w:r w:rsidR="003420E8" w:rsidRPr="00C62DB3">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>l’Occ</w:t>
+              </w:r>
+              <w:proofErr w:type="spellEnd"/>
+              <w:r w:rsidR="003420E8">
+                <w:rPr>
+                  <w:rStyle w:val="Lienhypertexte"/>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:sz w:val="20"/>
+                  <w:szCs w:val="20"/>
+                </w:rPr>
+                <w:t>.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E06BED2" w14:textId="77777777" w:rsidR="00F613C4" w:rsidRPr="00C62DB3" w:rsidRDefault="00F613C4" w:rsidP="00A560DB">
+          <w:p w14:paraId="0E06BED2" w14:textId="77777777" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="003420E8" w:rsidP="00A560DB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3537" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="246948F8" w14:textId="038AFE99" w:rsidR="00F613C4" w:rsidRPr="00C62DB3" w:rsidRDefault="00F613C4" w:rsidP="00A560DB">
+          <w:p w14:paraId="78F2B40D" w14:textId="77777777" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="003420E8" w:rsidP="00A560DB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00F613C4" w:rsidRPr="00C62DB3" w14:paraId="730CCFA5" w14:textId="76212ABB" w:rsidTr="00667582">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DC9D567" w14:textId="2DADE731" w:rsidR="00F613C4" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00A560DB">
+          <w:p w14:paraId="246948F8" w14:textId="6589F7C2" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="003420E8" w:rsidP="00A560DB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003420E8" w:rsidRPr="00C62DB3" w14:paraId="730CCFA5" w14:textId="76212ABB" w:rsidTr="003420E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DC9D567" w14:textId="2DADE731" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00A560DB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1952284231"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F613C4" w:rsidRPr="00C62DB3">
+                <w:r w:rsidR="003420E8" w:rsidRPr="00C62DB3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00F613C4" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="003420E8" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
-              <w:r w:rsidR="009E718E" w:rsidRPr="00C62DB3">
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r w:rsidR="003420E8" w:rsidRPr="00C62DB3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t xml:space="preserve">ALIU-Red flag </w:t>
               </w:r>
               <w:proofErr w:type="spellStart"/>
-              <w:r w:rsidR="009E718E" w:rsidRPr="00C62DB3">
+              <w:r w:rsidR="003420E8" w:rsidRPr="00C62DB3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>names</w:t>
               </w:r>
               <w:proofErr w:type="spellEnd"/>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="47B8E2EB" w14:textId="77777777" w:rsidR="00F613C4" w:rsidRPr="00C62DB3" w:rsidRDefault="00F613C4" w:rsidP="00A560DB">
+          <w:p w14:paraId="47B8E2EB" w14:textId="77777777" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="003420E8" w:rsidP="00A560DB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3537" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71714390" w14:textId="77777777" w:rsidR="00F613C4" w:rsidRPr="00C62DB3" w:rsidRDefault="00F613C4" w:rsidP="00A560DB">
+          <w:p w14:paraId="171209E3" w14:textId="77777777" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="003420E8" w:rsidP="00A560DB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00F613C4" w:rsidRPr="00C62DB3" w14:paraId="35E38F0D" w14:textId="39F89391" w:rsidTr="00667582">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="73A256A9" w14:textId="6480FC56" w:rsidR="00F613C4" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00A560DB">
+          <w:p w14:paraId="71714390" w14:textId="11F24A1E" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="003420E8" w:rsidP="00A560DB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003420E8" w:rsidRPr="00C62DB3" w14:paraId="35E38F0D" w14:textId="39F89391" w:rsidTr="003420E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="73A256A9" w14:textId="6480FC56" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00A560DB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1085765109"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F613C4" w:rsidRPr="00C62DB3">
+                <w:r w:rsidR="003420E8" w:rsidRPr="00C62DB3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:hyperlink r:id="rId42" w:history="1">
-              <w:r w:rsidR="00F613C4" w:rsidRPr="00C62DB3">
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r w:rsidR="003420E8" w:rsidRPr="00C62DB3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
-                <w:t xml:space="preserve"> </w:t>
-[...17 lines deleted...]
-                <w:t>/ 209SUP</w:t>
+                <w:t xml:space="preserve"> A. Diplomatiques / 209SUP</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0010C61C" w14:textId="77777777" w:rsidR="00F613C4" w:rsidRPr="00C62DB3" w:rsidRDefault="00F613C4" w:rsidP="00A560DB">
+          <w:p w14:paraId="0010C61C" w14:textId="77777777" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="003420E8" w:rsidP="00A560DB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3537" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="10420110" w14:textId="77777777" w:rsidR="00F613C4" w:rsidRPr="00C62DB3" w:rsidRDefault="00F613C4" w:rsidP="00A560DB">
+          <w:p w14:paraId="112F838F" w14:textId="77777777" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="003420E8" w:rsidP="00A560DB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00F613C4" w:rsidRPr="00C62DB3" w14:paraId="28427144" w14:textId="4F2F7F0E" w:rsidTr="00667582">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2545" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="589D5E95" w14:textId="1C205638" w:rsidR="00F613C4" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00A560DB">
+          <w:p w14:paraId="10420110" w14:textId="2A120AA7" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="003420E8" w:rsidP="00A560DB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003420E8" w:rsidRPr="00C62DB3" w14:paraId="28427144" w14:textId="4F2F7F0E" w:rsidTr="003420E8">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2689" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="589D5E95" w14:textId="1C205638" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00A560DB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1504664107"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00F613C4" w:rsidRPr="00C62DB3">
+                <w:r w:rsidR="003420E8" w:rsidRPr="00C62DB3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00F613C4" w:rsidRPr="00C62DB3">
+            <w:r w:rsidR="003420E8" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
-              <w:r w:rsidR="00F613C4" w:rsidRPr="00C62DB3">
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r w:rsidR="003420E8" w:rsidRPr="00C62DB3">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:t>Mémorial de la Shoah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D3B667D" w14:textId="77777777" w:rsidR="00F613C4" w:rsidRPr="00C62DB3" w:rsidRDefault="00F613C4" w:rsidP="00A560DB">
+          <w:p w14:paraId="1D3B667D" w14:textId="77777777" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="003420E8" w:rsidP="00A560DB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3537" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6C2A176C" w14:textId="77777777" w:rsidR="00F613C4" w:rsidRPr="00C62DB3" w:rsidRDefault="00F613C4" w:rsidP="00A560DB">
+          <w:p w14:paraId="5853C96A" w14:textId="77777777" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="003420E8" w:rsidP="00A560DB">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C2A176C" w14:textId="66D6C516" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="003420E8" w:rsidP="00A560DB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="44D3F675" w14:textId="77777777" w:rsidR="00A47C79" w:rsidRDefault="00A47C79" w:rsidP="00D12245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -15883,126 +16099,144 @@
       </w:sdt>
       <w:r w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Sans objet</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="9351" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2972"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3544"/>
+        <w:gridCol w:w="2689"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="2552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00675E1E" w:rsidRPr="00C62DB3" w14:paraId="30C1FCEF" w14:textId="00E9D236" w:rsidTr="00667582">
+      <w:tr w:rsidR="003420E8" w:rsidRPr="00C62DB3" w14:paraId="30C1FCEF" w14:textId="00E9D236" w:rsidTr="003420E8">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2972" w:type="dxa"/>
+            <w:tcW w:w="2689" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="702C7E6B" w14:textId="77777777" w:rsidR="00675E1E" w:rsidRDefault="00675E1E" w:rsidP="0033239B">
+          <w:p w14:paraId="702C7E6B" w14:textId="77777777" w:rsidR="003420E8" w:rsidRDefault="003420E8" w:rsidP="0033239B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6C293835" w14:textId="128B094A" w:rsidR="00675E1E" w:rsidRPr="00C62DB3" w:rsidRDefault="00066107" w:rsidP="0033239B">
+          <w:p w14:paraId="6C293835" w14:textId="128B094A" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="003420E8" w:rsidP="0033239B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>……………………………………………..</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="622140DB" w14:textId="77777777" w:rsidR="00675E1E" w:rsidRPr="00C62DB3" w:rsidRDefault="00675E1E" w:rsidP="0033239B">
+          <w:p w14:paraId="622140DB" w14:textId="77777777" w:rsidR="003420E8" w:rsidRPr="00C62DB3" w:rsidRDefault="003420E8" w:rsidP="0033239B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="1417" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21517BDA" w14:textId="77777777" w:rsidR="00675E1E" w:rsidRDefault="00675E1E" w:rsidP="0033239B">
+          <w:p w14:paraId="21517BDA" w14:textId="77777777" w:rsidR="003420E8" w:rsidRDefault="003420E8" w:rsidP="0033239B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:tcW w:w="2693" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25320FB3" w14:textId="77777777" w:rsidR="00675E1E" w:rsidRDefault="00675E1E" w:rsidP="0033239B">
+          <w:p w14:paraId="6C39C20A" w14:textId="77777777" w:rsidR="003420E8" w:rsidRDefault="003420E8" w:rsidP="0033239B">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1870"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2552" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="25320FB3" w14:textId="5DA3B3E8" w:rsidR="003420E8" w:rsidRDefault="003420E8" w:rsidP="0033239B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="17C61590" w14:textId="77777777" w:rsidR="003C75FC" w:rsidRPr="00C62DB3" w:rsidRDefault="003C75FC" w:rsidP="00D12245">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -16061,181 +16295,224 @@
         </w:rPr>
         <w:t xml:space="preserve">(voir </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00B07C39" w:rsidRPr="00BE3238">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Resprovmus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BE3238">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> : </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44" w:history="1">
+      <w:hyperlink r:id="rId43" w:history="1">
         <w:r w:rsidR="00BE3238" w:rsidRPr="00BE3238">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Marché de l’art et spoliations</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00B07C39" w:rsidRPr="00BE3238">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F57972F" w14:textId="77777777" w:rsidR="00FE4962" w:rsidRPr="00C62DB3" w:rsidRDefault="00FE4962" w:rsidP="00FE4962">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2F27EC01" w14:textId="18E436EF" w:rsidR="002E391F" w:rsidRPr="00C62DB3" w:rsidRDefault="000259F5" w:rsidP="002E391F">
+    <w:p w14:paraId="2F27EC01" w14:textId="062FB84B" w:rsidR="002E391F" w:rsidRPr="00C62DB3" w:rsidRDefault="000259F5" w:rsidP="002E391F">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Hlk201139999"/>
       <w:r w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Pour mener ces recherches, </w:t>
       </w:r>
       <w:r w:rsidR="00576865" w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>les trois principaux sites sont </w:t>
       </w:r>
       <w:r w:rsidR="00576865" w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">le </w:t>
-[...2 lines deleted...]
-        <w:r w:rsidR="00576865" w:rsidRPr="00C62DB3">
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="003420E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId44" w:history="1">
+        <w:r w:rsidR="003420E8" w:rsidRPr="003420E8">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>WPI</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="0068453C">
+      <w:r w:rsidR="003420E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (choisir « full </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003420E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>text</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003420E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> OCR » au lieu de « all </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003420E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>fields</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003420E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> » avant de lancer la recherche) </w:t>
+      </w:r>
+      <w:r w:rsidR="0068453C" w:rsidRPr="0068453C">
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:color w:val="auto"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46" w:history="1">
+      <w:hyperlink r:id="rId45" w:history="1">
         <w:r w:rsidR="00576865" w:rsidRPr="00C62DB3">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>l’INHA</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="0068453C">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> ; </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47" w:history="1">
+      <w:hyperlink r:id="rId46" w:history="1">
         <w:r w:rsidR="00576865" w:rsidRPr="00C62DB3">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>Gallica</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00576865" w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (recherche plein texte avec les mots-clés « Vente » + la date et/ou le titre de l’objet).</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidR="00E95351">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -16374,73 +16651,93 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>associé à un nom</w:t>
       </w:r>
       <w:r w:rsidR="00B86C21" w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> d’acteur</w:t>
       </w:r>
       <w:r w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73FC568B" w14:textId="54A096DF" w:rsidR="002E391F" w:rsidRDefault="002E391F" w:rsidP="004F1F10">
+    <w:p w14:paraId="73FC568B" w14:textId="3C7A0F7A" w:rsidR="002E391F" w:rsidRDefault="002E391F" w:rsidP="004F1F10">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Exemple : « A partir de 1953 : collection Prénom NOM.</w:t>
+        <w:t>Ex</w:t>
+      </w:r>
+      <w:r w:rsidR="003420E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C62DB3">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t> : « A partir de 1953 : collection Prénom NOM.</w:t>
       </w:r>
       <w:r w:rsidR="00917EB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>1938-1953 : inconnu.</w:t>
       </w:r>
       <w:r w:rsidR="00917EB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
@@ -16831,114 +17128,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7429283F" w14:textId="77777777" w:rsidR="003C015E" w:rsidRDefault="003C015E" w:rsidP="00BE3238">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3F1F5804" w14:textId="77777777" w:rsidR="00BE3238" w:rsidRPr="00C62DB3" w:rsidRDefault="00BE3238" w:rsidP="00BE3238">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3E562631" w14:textId="77777777" w:rsidR="00C46373" w:rsidRDefault="00C46373" w:rsidP="00C46373">
-[...62 lines deleted...]
-    </w:p>
     <w:p w14:paraId="58EB517F" w14:textId="670CBBB1" w:rsidR="00A86B1F" w:rsidRPr="0068453C" w:rsidRDefault="00D12245" w:rsidP="0068453C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="DAE9F7" w:themeFill="text2" w:themeFillTint="1A"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C62DB3">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -16987,51 +17220,51 @@
         </w:rPr>
         <w:t xml:space="preserve">(voir </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00BE3238" w:rsidRPr="00BE3238">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Resprovmus</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00BE3238">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48" w:history="1">
+      <w:hyperlink r:id="rId47" w:history="1">
         <w:r w:rsidR="00BE3238" w:rsidRPr="00BE3238">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>lien ici</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00BE3238" w:rsidRPr="00BE3238">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -17608,94 +17841,94 @@
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>etc</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t> )</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="352D4CD7" w14:textId="77777777" w:rsidR="003F22EF" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="003F22EF">
+          <w:p w14:paraId="352D4CD7" w14:textId="77777777" w:rsidR="003F22EF" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="003F22EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="585580297"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003F22EF" w:rsidRPr="00C62DB3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="003F22EF" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="25E9AB53" w14:textId="1983688D" w:rsidR="003F22EF" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="003F22EF">
+          <w:p w14:paraId="25E9AB53" w14:textId="1983688D" w:rsidR="003F22EF" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="003F22EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1929651916"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003F22EF" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -17913,94 +18146,94 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Hormis si des relations ont été établies en amont avec un musée, il est suggéré de contacter le SMF pour ces prises de contact)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6230" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="00B09B89" w14:textId="21CE3BD6" w:rsidR="004D1240" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="003F22EF">
+          <w:p w14:paraId="00B09B89" w14:textId="21CE3BD6" w:rsidR="004D1240" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="003F22EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1559853987"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004D1240" w:rsidRPr="00C62DB3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="004D1240" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F57AF3F" w14:textId="056081F2" w:rsidR="004D1240" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="003F22EF">
+          <w:p w14:paraId="3F57AF3F" w14:textId="056081F2" w:rsidR="004D1240" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="003F22EF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-4986858"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004D1240" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -18426,51 +18659,51 @@
       <w:tblPr>
         <w:tblStyle w:val="Grilledutableau"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9344"/>
       </w:tblGrid>
       <w:tr w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w14:paraId="572AA476" w14:textId="77777777" w:rsidTr="00D23089">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20EA4A21" w14:textId="4A2E99AF" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00D23089">
+          <w:p w14:paraId="20EA4A21" w14:textId="4A2E99AF" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00D23089">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="296041810"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -18572,51 +18805,51 @@
               <w:t>7</w:t>
             </w:r>
             <w:r w:rsidR="008A5DF6" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w14:paraId="4576D7FE" w14:textId="77777777" w:rsidTr="00D23089">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="19F41FDB" w14:textId="105F0A7F" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00D23089">
+          <w:p w14:paraId="19F41FDB" w14:textId="105F0A7F" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00D23089">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="0070C0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1840032067"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
@@ -18687,51 +18920,51 @@
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="008A5DF6" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w14:paraId="3E135BA7" w14:textId="77777777" w:rsidTr="00D23089">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9344" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B491764" w14:textId="2F8F1A82" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00D23089">
+          <w:p w14:paraId="7B491764" w14:textId="2F8F1A82" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00D23089">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="000000" w:themeColor="text1"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-264315874"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
@@ -18940,139 +19173,139 @@
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> ou de l’</w:t>
             </w:r>
             <w:r w:rsidR="00467957">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>opération</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69E4C2F0" w14:textId="77777777" w:rsidR="00932D84" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00932D84">
+          <w:p w14:paraId="69E4C2F0" w14:textId="77777777" w:rsidR="00932D84" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00932D84">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1295944709"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00932D84" w:rsidRPr="00C62DB3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00932D84" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Connue et attestée :  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08175EE3" w14:textId="77777777" w:rsidR="00932D84" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00932D84">
+          <w:p w14:paraId="08175EE3" w14:textId="77777777" w:rsidR="00932D84" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00932D84">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="114187077"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00932D84" w:rsidRPr="00C62DB3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00932D84" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Supposée :</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4D78A4E7" w14:textId="039FDAF3" w:rsidR="00932D84" w:rsidRPr="00932D84" w:rsidRDefault="00243E7B" w:rsidP="00932D84">
+          <w:p w14:paraId="4D78A4E7" w14:textId="039FDAF3" w:rsidR="00932D84" w:rsidRPr="00932D84" w:rsidRDefault="006D781E" w:rsidP="00932D84">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1870"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1269230732"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -19169,51 +19402,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Sauf si date inconnue) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="179F9993" w14:textId="0BC6A7DC" w:rsidR="00E62FD9" w:rsidRDefault="00243E7B" w:rsidP="00E62FD9">
+          <w:p w14:paraId="179F9993" w14:textId="0BC6A7DC" w:rsidR="00E62FD9" w:rsidRDefault="006D781E" w:rsidP="00E62FD9">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="659893832"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E62FD9" w:rsidRPr="00932D84">
@@ -19221,51 +19454,51 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E62FD9" w:rsidRPr="00932D84">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00E62FD9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Cadre valable du 27 septembre 1941 au 9 juillet 2016</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="45BAC141" w14:textId="5CDAC55A" w:rsidR="007843D4" w:rsidRDefault="00243E7B" w:rsidP="00E62FD9">
+          <w:p w14:paraId="45BAC141" w14:textId="5CDAC55A" w:rsidR="007843D4" w:rsidRDefault="006D781E" w:rsidP="00E62FD9">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Segoe UI Symbol"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-799988326"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00E62FD9" w:rsidRPr="00932D84">
@@ -19525,51 +19758,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Zone géographique du bien</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A42E6DF" w14:textId="5F298618" w:rsidR="00387693" w:rsidRPr="00387693" w:rsidRDefault="00387693" w:rsidP="00387693">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1D470BE5" w14:textId="36303637" w:rsidR="00387693" w:rsidRPr="00387693" w:rsidRDefault="00243E7B" w:rsidP="00387693">
+          <w:p w14:paraId="1D470BE5" w14:textId="36303637" w:rsidR="00387693" w:rsidRPr="00387693" w:rsidRDefault="006D781E" w:rsidP="00387693">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1579435958"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00387693" w:rsidRPr="00387693">
@@ -19585,51 +19818,51 @@
             <w:r w:rsidR="00387693" w:rsidRPr="00387693">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Territoire métropolitain</w:t>
             </w:r>
             <w:r w:rsidR="00E62FD9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="00387693" w:rsidRPr="00387693">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="49A00BAF" w14:textId="66110006" w:rsidR="00387693" w:rsidRPr="00B61B74" w:rsidRDefault="00243E7B" w:rsidP="00387693">
+          <w:p w14:paraId="49A00BAF" w14:textId="66110006" w:rsidR="00387693" w:rsidRPr="00B61B74" w:rsidRDefault="006D781E" w:rsidP="00387693">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1257643327"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00387693" w:rsidRPr="00387693">
@@ -19673,51 +19906,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">………………………  </w:t>
             </w:r>
             <w:r w:rsidR="00C52D15" w:rsidRPr="00B61B74">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Contacter le SRA pour préparer un dossier documentaire. L</w:t>
             </w:r>
             <w:r w:rsidR="00E62FD9" w:rsidRPr="00B61B74">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>e cas échéant, remplir les parties 3 et 5.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BED1AF5" w14:textId="4B083042" w:rsidR="00387693" w:rsidRPr="00387693" w:rsidRDefault="00243E7B" w:rsidP="00387693">
+          <w:p w14:paraId="1BED1AF5" w14:textId="4B083042" w:rsidR="00387693" w:rsidRPr="00387693" w:rsidRDefault="006D781E" w:rsidP="00387693">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1165282731"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00387693" w:rsidRPr="00B61B74">
@@ -19743,51 +19976,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> : </w:t>
             </w:r>
             <w:r w:rsidR="00E62FD9" w:rsidRPr="00B61B74">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>remplir les parties 3 et 5</w:t>
             </w:r>
             <w:r w:rsidR="00E62FD9" w:rsidRPr="00B61B74">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="439FBFBE" w14:textId="722FEF6F" w:rsidR="00387693" w:rsidRPr="00387693" w:rsidRDefault="00243E7B" w:rsidP="00387693">
+          <w:p w14:paraId="439FBFBE" w14:textId="722FEF6F" w:rsidR="00387693" w:rsidRPr="00387693" w:rsidRDefault="006D781E" w:rsidP="00387693">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1967927800"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00387693" w:rsidRPr="00387693">
                   <w:rPr>
@@ -19854,51 +20087,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B61B74">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Placer en annexe l’acte d’acquisition, l’acte de renonciation et l’autorisation de transfert de propriété)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="44325249" w14:textId="16A491F0" w:rsidR="00387693" w:rsidRPr="00B61B74" w:rsidRDefault="00243E7B" w:rsidP="00387693">
+          <w:p w14:paraId="44325249" w14:textId="16A491F0" w:rsidR="00387693" w:rsidRPr="00B61B74" w:rsidRDefault="006D781E" w:rsidP="00387693">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1167625726"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00387693" w:rsidRPr="00B61B74">
                   <w:rPr>
@@ -19993,51 +20226,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1ACF9F16" w14:textId="25440D99" w:rsidR="00B61B74" w:rsidRDefault="00B61B74" w:rsidP="00B61B74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Le propriétaire a renoncé de manière expresse à ses droits de propriété sur les biens (ou tacite, si la découverte est ultérieure à juillet 2016 : </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="76B981D4" w14:textId="4E1C0D28" w:rsidR="00387693" w:rsidRPr="00B61B74" w:rsidRDefault="00243E7B" w:rsidP="00B61B74">
+          <w:p w14:paraId="76B981D4" w14:textId="4E1C0D28" w:rsidR="00387693" w:rsidRPr="00B61B74" w:rsidRDefault="006D781E" w:rsidP="00B61B74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1198692818"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00B61B74" w:rsidRPr="00C62DB3">
@@ -20210,51 +20443,51 @@
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00C62DB3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Oui</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="424CD620" w14:textId="77777777" w:rsidR="00387693" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00B61B74">
+          <w:p w14:paraId="424CD620" w14:textId="77777777" w:rsidR="00387693" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00B61B74">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1789036475"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00387693" w:rsidRPr="00C62DB3">
@@ -20304,51 +20537,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> la chaîne de propriété)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="02321414" w14:textId="77777777" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="008A5DF6" w:rsidP="008A5DF6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5638EFFF" w14:textId="081020D9" w:rsidR="008A5DF6" w:rsidRDefault="00243E7B" w:rsidP="008A5DF6">
+    <w:p w14:paraId="5638EFFF" w14:textId="081020D9" w:rsidR="008A5DF6" w:rsidRDefault="006D781E" w:rsidP="008A5DF6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="1774045037"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -20632,51 +20865,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Non déclaré </w:t>
             </w:r>
             <w:r w:rsidR="002B06F3" w:rsidRPr="002B06F3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>(préciser l’historique)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="60C1770A" w14:textId="77777777" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="008A5DF6" w:rsidP="00D23089">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="79009392" w14:textId="13BAC28D" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00D23089">
+          <w:p w14:paraId="79009392" w14:textId="13BAC28D" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00D23089">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1950992815"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008A5DF6" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -20691,51 +20924,51 @@
             <w:r w:rsidR="008A5DF6" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Le caractère fortuit de la découverte est validé par le </w:t>
             </w:r>
             <w:r w:rsidR="00051DC1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>service</w:t>
             </w:r>
             <w:r w:rsidR="008A5DF6" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="262A392F" w14:textId="7D46ECC0" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00D23089">
+          <w:p w14:paraId="262A392F" w14:textId="7D46ECC0" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00D23089">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="386926870"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008A5DF6" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -21002,51 +21235,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="2FF1EB6B" w14:textId="77777777" w:rsidR="008A5DF6" w:rsidRPr="009C7C70" w:rsidRDefault="008A5DF6" w:rsidP="008A5DF6">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3BC7E8CC" w14:textId="44DB47AE" w:rsidR="007C6751" w:rsidRPr="009C7C70" w:rsidRDefault="00243E7B" w:rsidP="007C6751">
+    <w:p w14:paraId="3BC7E8CC" w14:textId="44DB47AE" w:rsidR="007C6751" w:rsidRPr="009C7C70" w:rsidRDefault="006D781E" w:rsidP="007C6751">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1870"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-758829538"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
@@ -21469,94 +21702,94 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C7C70">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nature de l’opération</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B88CC8D" w14:textId="77777777" w:rsidR="007C6751" w:rsidRPr="009C7C70" w:rsidRDefault="00243E7B" w:rsidP="00193674">
+          <w:p w14:paraId="0B88CC8D" w14:textId="77777777" w:rsidR="007C6751" w:rsidRPr="009C7C70" w:rsidRDefault="006D781E" w:rsidP="00193674">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-980532570"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C6751" w:rsidRPr="009C7C70">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="007C6751" w:rsidRPr="009C7C70">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fouilles ou sondages     </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1A1BF918" w14:textId="20B891B2" w:rsidR="007C6751" w:rsidRPr="009C7C70" w:rsidRDefault="00243E7B" w:rsidP="00193674">
+          <w:p w14:paraId="1A1BF918" w14:textId="20B891B2" w:rsidR="007C6751" w:rsidRPr="009C7C70" w:rsidRDefault="006D781E" w:rsidP="00193674">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="338434533"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C6751" w:rsidRPr="009C7C70">
                   <w:rPr>
@@ -21803,51 +22036,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Situation du propriétaire du terrain par rapport aux biens</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7F1EF08E" w14:textId="4E010C69" w:rsidR="007C6751" w:rsidRPr="009C7C70" w:rsidRDefault="00243E7B" w:rsidP="00193674">
+          <w:p w14:paraId="7F1EF08E" w14:textId="4E010C69" w:rsidR="007C6751" w:rsidRPr="009C7C70" w:rsidRDefault="006D781E" w:rsidP="00193674">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-2134550870"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C6751" w:rsidRPr="009C7C70">
                   <w:rPr>
@@ -21862,51 +22095,51 @@
             <w:r w:rsidR="007C6751" w:rsidRPr="009C7C70">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Le propriétaire du terrain </w:t>
             </w:r>
             <w:r w:rsidR="008903F9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(ou ses ayants droit)</w:t>
             </w:r>
             <w:r w:rsidR="007C6751" w:rsidRPr="009C7C70">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> est propriétaire des biens.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60FF6E92" w14:textId="57C1BA96" w:rsidR="007C6751" w:rsidRPr="009C7C70" w:rsidRDefault="00243E7B" w:rsidP="00193674">
+          <w:p w14:paraId="60FF6E92" w14:textId="57C1BA96" w:rsidR="007C6751" w:rsidRPr="009C7C70" w:rsidRDefault="006D781E" w:rsidP="00193674">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-6836636"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007C6751" w:rsidRPr="009C7C70">
                   <w:rPr>
@@ -21936,51 +22169,51 @@
             </w:r>
             <w:r w:rsidR="007C6751" w:rsidRPr="009C7C70">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>préciser dans la partie 2 la chaîne de propriété</w:t>
             </w:r>
             <w:r w:rsidR="008903F9">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6BD4B3EE" w14:textId="657912C7" w:rsidR="007C6751" w:rsidRPr="009C7C70" w:rsidRDefault="00243E7B" w:rsidP="00AF431F">
+    <w:p w14:paraId="6BD4B3EE" w14:textId="657912C7" w:rsidR="007C6751" w:rsidRPr="009C7C70" w:rsidRDefault="006D781E" w:rsidP="00AF431F">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1274093991"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
@@ -22244,51 +22477,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C7C70">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Le bien appartient-il…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7CE2F378" w14:textId="7C624E1D" w:rsidR="007C6751" w:rsidRPr="009C7C70" w:rsidRDefault="00243E7B" w:rsidP="003826CC">
+          <w:p w14:paraId="7CE2F378" w14:textId="7C624E1D" w:rsidR="007C6751" w:rsidRPr="009C7C70" w:rsidRDefault="006D781E" w:rsidP="003826CC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-502509199"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E507D" w:rsidRPr="009C7C70">
                   <w:rPr>
@@ -22927,51 +23160,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C7C70">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Le bien appartient-il…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="481D068C" w14:textId="77777777" w:rsidR="00912AFA" w:rsidRPr="009C7C70" w:rsidRDefault="00243E7B" w:rsidP="00EF77DC">
+          <w:p w14:paraId="481D068C" w14:textId="77777777" w:rsidR="00912AFA" w:rsidRPr="009C7C70" w:rsidRDefault="006D781E" w:rsidP="00EF77DC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1913307596"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00912AFA" w:rsidRPr="009C7C70">
                   <w:rPr>
@@ -23167,51 +23400,51 @@
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="009C7C70">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> un transfert de propriété</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A6794C0" w14:textId="54BB22CE" w:rsidR="008903F9" w:rsidRPr="009C7C70" w:rsidRDefault="00243E7B" w:rsidP="008903F9">
+          <w:p w14:paraId="0A6794C0" w14:textId="54BB22CE" w:rsidR="008903F9" w:rsidRPr="009C7C70" w:rsidRDefault="006D781E" w:rsidP="008903F9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="794018735"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008903F9" w:rsidRPr="009C7C70">
                   <w:rPr>
@@ -23286,51 +23519,51 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="60C8E2D6" w14:textId="77777777" w:rsidR="00836BB1" w:rsidRPr="009C7C70" w:rsidRDefault="00836BB1" w:rsidP="008A5DF6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Lucida Sans Unicode" w:hAnsi="Arial" w:cs="Times New Roman"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
           <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1E51D20B" w14:textId="01EB2A6A" w:rsidR="003826CC" w:rsidRPr="00AF431F" w:rsidRDefault="00243E7B" w:rsidP="003826CC">
+    <w:p w14:paraId="1E51D20B" w14:textId="01EB2A6A" w:rsidR="003826CC" w:rsidRPr="00AF431F" w:rsidRDefault="006D781E" w:rsidP="003826CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:smallCaps/>
           <w:color w:val="0070C0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
             <w:color w:val="0070C0"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:id w:val="-1691757125"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
@@ -23431,51 +23664,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C7C70">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>le terrain a-t-il change de propriétaire entre le 8 juillet 2016 et la date de découverte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="319E6D53" w14:textId="049BC010" w:rsidR="003826CC" w:rsidRPr="009C7C70" w:rsidRDefault="00243E7B" w:rsidP="003E507D">
+          <w:p w14:paraId="319E6D53" w14:textId="049BC010" w:rsidR="003826CC" w:rsidRPr="009C7C70" w:rsidRDefault="006D781E" w:rsidP="003E507D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-900516333"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E507D" w:rsidRPr="009C7C70">
                   <w:rPr>
@@ -23583,51 +23816,51 @@
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidRPr="00C9027B">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Le propriétaire n’a pas fait valoir ses droits, l’Etat est propriétaire.</w:t>
             </w:r>
             <w:r w:rsidRPr="009C7C70">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6194C647" w14:textId="63953152" w:rsidR="003E507D" w:rsidRPr="009C7C70" w:rsidRDefault="00243E7B" w:rsidP="00DD0E66">
+          <w:p w14:paraId="6194C647" w14:textId="63953152" w:rsidR="003E507D" w:rsidRPr="009C7C70" w:rsidRDefault="006D781E" w:rsidP="00DD0E66">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1887091593"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="003E507D" w:rsidRPr="009C7C70">
                   <w:rPr>
@@ -23667,51 +23900,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009C7C70">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> l’acquisition entraine </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6379" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4432382B" w14:textId="4C2ED0EA" w:rsidR="00DD0E66" w:rsidRPr="009C7C70" w:rsidRDefault="00243E7B" w:rsidP="00DD0E66">
+          <w:p w14:paraId="4432382B" w14:textId="4C2ED0EA" w:rsidR="00DD0E66" w:rsidRPr="009C7C70" w:rsidRDefault="006D781E" w:rsidP="00DD0E66">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1539975331"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DD0E66" w:rsidRPr="009C7C70">
                   <w:rPr>
@@ -23995,51 +24228,51 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Circonstances de la découverte</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5D9BE181" w14:textId="77777777" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="008A5DF6" w:rsidP="00D23089">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4026E76F" w14:textId="77777777" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00D23089">
+          <w:p w14:paraId="4026E76F" w14:textId="77777777" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00D23089">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1900862801"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008A5DF6" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -24106,51 +24339,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">            Date : </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5FA0349E" w14:textId="77777777" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="008A5DF6" w:rsidP="00D23089">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="200F7521" w14:textId="77777777" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00D23089">
+          <w:p w14:paraId="200F7521" w14:textId="77777777" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00D23089">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-386883527"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008A5DF6" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -24186,51 +24419,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nom du découvreur</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="65B7E8F9" w14:textId="67500DEE" w:rsidR="0016394C" w:rsidRDefault="00243E7B" w:rsidP="00467957">
+          <w:p w14:paraId="65B7E8F9" w14:textId="67500DEE" w:rsidR="0016394C" w:rsidRDefault="006D781E" w:rsidP="00467957">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-840004429"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0016394C" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -24316,51 +24549,51 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Condition de propriété du sol au moment de la découverte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22492B3D" w14:textId="25BE0834" w:rsidR="00467957" w:rsidRDefault="00243E7B" w:rsidP="00467957">
+          <w:p w14:paraId="22492B3D" w14:textId="25BE0834" w:rsidR="00467957" w:rsidRDefault="006D781E" w:rsidP="00467957">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1871029101"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00467957" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -24770,51 +25003,51 @@
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00DA680E">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">est entre dans l’union européenne après le 28 juin 2025 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="779E2161" w14:textId="1E4C7C0A" w:rsidR="00217D02" w:rsidRDefault="00243E7B" w:rsidP="00217D02">
+          <w:p w14:paraId="779E2161" w14:textId="1E4C7C0A" w:rsidR="00217D02" w:rsidRDefault="006D781E" w:rsidP="00217D02">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="963156590"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00217D02" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -24934,94 +25167,94 @@
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Hormis si des relations ont été établies en amont avec un musée, il est suggéré de contacter le SMF pour ces prises de contact) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6372" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="693341D5" w14:textId="77777777" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00D23089">
+          <w:p w14:paraId="693341D5" w14:textId="77777777" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00D23089">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="-1011066552"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008A5DF6" w:rsidRPr="00C62DB3">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="20"/>
                     <w:szCs w:val="20"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="008A5DF6" w:rsidRPr="00C62DB3">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Non</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E7189C7" w14:textId="77777777" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="00243E7B" w:rsidP="00D23089">
+          <w:p w14:paraId="6E7189C7" w14:textId="77777777" w:rsidR="008A5DF6" w:rsidRPr="00C62DB3" w:rsidRDefault="006D781E" w:rsidP="00D23089">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <w:id w:val="1748224740"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="008A5DF6" w:rsidRPr="00C62DB3">
                   <w:rPr>
@@ -25620,103 +25853,103 @@
         </w:rPr>
         <w:t xml:space="preserve">s </w:t>
       </w:r>
       <w:r w:rsidRPr="003C75FC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>institutions, afin d’en garder une trac</w:t>
       </w:r>
       <w:r w:rsidR="009F0167" w:rsidRPr="003C75FC">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00917122" w:rsidRPr="003C75FC" w:rsidSect="008F68E2">
-      <w:headerReference w:type="default" r:id="rId49"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId52"/>
+      <w:headerReference w:type="default" r:id="rId48"/>
+      <w:footerReference w:type="even" r:id="rId49"/>
+      <w:footerReference w:type="default" r:id="rId50"/>
+      <w:footerReference w:type="first" r:id="rId51"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="851" w:left="1418" w:header="709" w:footer="567" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="39348385" w14:textId="77777777" w:rsidR="009D5DE0" w:rsidRDefault="009D5DE0" w:rsidP="00F12ED1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="3E80C002" w14:textId="77777777" w:rsidR="009D5DE0" w:rsidRDefault="009D5DE0" w:rsidP="00F12ED1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -25871,175 +26104,55 @@
                     <w:r w:rsidRPr="008E0E78">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="008000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>C1 Données Internes</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5D7A7538" w14:textId="321A4424" w:rsidR="00F12ED1" w:rsidRDefault="008E0E78" w:rsidP="00EA728D">
+  <w:p w14:paraId="5D7A7538" w14:textId="4873F4C9" w:rsidR="00F12ED1" w:rsidRDefault="006D781E" w:rsidP="00EA728D">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="right"/>
     </w:pPr>
-    <w:r>
-[...118 lines deleted...]
-    </w:r>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="589440469"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:r w:rsidR="00F12ED1">
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidR="00F12ED1">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r w:rsidR="00F12ED1">
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00F12ED1">
           <w:t>2</w:t>
         </w:r>
         <w:r w:rsidR="00F12ED1">
           <w:fldChar w:fldCharType="end"/>
         </w:r>
@@ -26120,51 +26233,51 @@
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>C1 Données Internes</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="1064E421" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Zone de texte 1" o:spid="_x0000_s1028" type="#_x0000_t202" alt="C1 Données Internes" style="position:absolute;margin-left:0;margin-top:0;width:101.1pt;height:30.8pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOVzT9DwIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2ynWNcYcYqsRYYB&#10;QVsgHXpWZCk2IIsCpcTOfv0oJW66bqdhF5kmKX689zS/HTrDDgp9C7bixSTnTFkJdWt3Ff/xvPp0&#10;w5kPwtbCgFUVPyrPbxcfP8x7V6opNGBqhYyKWF/2ruJNCK7MMi8b1Qk/AacsBTVgJwL94i6rUfRU&#10;vTPZNM+vsx6wdghSeU/e+1OQL1J9rZUMj1p7FZipOM0W0onp3MYzW8xFuUPhmlaexxD/MEUnWktN&#10;X0vdiyDYHts/SnWtRPCgw0RCl4HWrVRpB9qmyN9ts2mEU2kXAse7V5j8/ysrHw4b94QsDF9hIAIj&#10;IL3zpSdn3GfQ2MUvTcooThAeX2FTQ2AyXpreXM2+UEhS7GpWFNcJ1+xy26EP3xR0LBoVR6IloSUO&#10;ax+oI6WOKbGZhVVrTKLG2N8clBg92WXEaIVhO7C2rvh0HH8L9ZG2QjgR7p1ctdR6LXx4EkgM07Sk&#10;2vBIhzbQVxzOFmcN4M+/+WM+AU9RznpSTMUtSZoz890SIVFco4GjsU1GMcs/5xS3++4OSIcFPQkn&#10;k0leDGY0NUL3QnpexkYUElZSu4pvR/MunKRL70Gq5TIlkY6cCGu7cTKWjnBFLJ+HF4HuDHggqh5g&#10;lJMo3+F+yo03vVvuA6GfSInQnoA8I04aTFyd30sU+dv/lHV51YtfAAAA//8DAFBLAwQUAAYACAAA&#10;ACEA3PzSh9sAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzWrDMBCE74W+g9hCb40chZriWg4h&#10;0FNKIT+X3hRpY7uxVsaSE+ftu+2lvSwMM8x8Wy4n34kLDrENpGE+y0Ag2eBaqjUc9m9PLyBiMuRM&#10;Fwg13DDCsrq/K03hwpW2eNmlWnAJxcJoaFLqCymjbdCbOAs9EnunMHiTWA61dIO5crnvpMqyXHrT&#10;Ei80psd1g/a8G72G5216Hz9ov/ic1O1r06/t4rSxWj8+TKtXEAmn9BeGH3xGh4qZjmEkF0WngR9J&#10;v5c9lSkF4qghn+cgq1L+h6++AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAE5XNP0PAgAA&#10;HQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhANz80ofb&#10;AAAABAEAAA8AAAAAAAAAAAAAAAAAaQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABx&#10;BQAAAAA=&#10;" filled="f" stroked="f">
+            <v:shape id="Zone de texte 1" o:spid="_x0000_s1027" type="#_x0000_t202" alt="C1 Données Internes" style="position:absolute;margin-left:0;margin-top:0;width:101.1pt;height:30.8pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD5luO7DQIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2ynWNcYcYqsRYYB&#10;QVsgHXpWZCk2YIkCpcTOfv0oJW66bqdhF5kmKX689zS/HUzHDgp9C7bixSTnTFkJdWt3Ff/xvPp0&#10;w5kPwtaiA6sqflSe3y4+fpj3rlRTaKCrFTIqYn3Zu4o3Ibgyy7xslBF+Ak5ZCmpAIwL94i6rUfRU&#10;3XTZNM+vsx6wdghSeU/e+1OQL1J9rZUMj1p7FVhXcZotpBPTuY1ntpiLcofCNa08jyH+YQojWktN&#10;X0vdiyDYHts/SplWInjQYSLBZKB1K1XagbYp8nfbbBrhVNqFwPHuFSb//8rKh8PGPSELw1cYiMAI&#10;SO986ckZ9xk0mvilSRnFCcLjK2xqCEzGS9Obq9kXCkmKXc2K4jrhml1uO/ThmwLDolFxJFoSWuKw&#10;9oE6UuqYEptZWLVdl6jp7G8OSoye7DJitMKwHVhbvxl/C/WRtkI4Ee6dXLXUei18eBJIDNO0pNrw&#10;SIfuoK84nC3OGsCff/PHfAKeopz1pJiKW5I0Z913S4REcY0GjsY2GcUs/5xT3O7NHZAOC3oSTiaT&#10;vBi60dQI5oX0vIyNKCSspHYV347mXThJl96DVMtlSiIdORHWduNkLB3hilg+Dy8C3RnwQFQ9wCgn&#10;Ub7D/ZQbb3q33AdCP5ESoT0BeUacNJi4Or+XKPK3/ynr8qoXvwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;ANz80ofbAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj81qwzAQhO+FvoPYQm+NHIWa4loOIdBT&#10;SiE/l94UaWO7sVbGkhPn7bvtpb0sDDPMfFsuJ9+JCw6xDaRhPstAINngWqo1HPZvTy8gYjLkTBcI&#10;NdwwwrK6vytN4cKVtnjZpVpwCcXCaGhS6gspo23QmzgLPRJ7pzB4k1gOtXSDuXK576TKslx60xIv&#10;NKbHdYP2vBu9hudteh8/aL/4nNTta9Ov7eK0sVo/PkyrVxAJp/QXhh98RoeKmY5hJBdFp4EfSb+X&#10;PZUpBeKoIZ/nIKtS/oevvgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD5luO7DQIAAB0E&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDc/NKH2wAA&#10;AAQBAAAPAAAAAAAAAAAAAAAAAGcEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAbwUA&#10;AAAA&#10;" filled="f" stroked="f">
               <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
                 <w:txbxContent>
                   <w:p w14:paraId="1C38F4DF" w14:textId="5016C6C2" w:rsidR="008E0E78" w:rsidRPr="008E0E78" w:rsidRDefault="008E0E78" w:rsidP="008E0E78">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="008000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="008E0E78">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:noProof/>
                         <w:color w:val="008000"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>C1 Données Internes</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
@@ -28738,60 +28851,60 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4EAC6B93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28F828E8"/>
     <w:lvl w:ilvl="0" w:tplc="040C000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="040C0019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="040C001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="040C000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
@@ -30791,50 +30904,53 @@
   <w:num w:numId="43" w16cid:durableId="1917781094">
     <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1645811558">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1215313843">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="684555699">
     <w:abstractNumId w:val="37"/>
   </w:num>
   <w:num w:numId="47" w16cid:durableId="277177275">
     <w:abstractNumId w:val="24"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00891F24"/>
     <w:rsid w:val="0000392A"/>
     <w:rsid w:val="000259F5"/>
     <w:rsid w:val="00027E39"/>
     <w:rsid w:val="0003473E"/>
     <w:rsid w:val="00051DC1"/>
     <w:rsid w:val="00052161"/>
     <w:rsid w:val="00066107"/>
@@ -30858,71 +30974,72 @@
     <w:rsid w:val="00132EA9"/>
     <w:rsid w:val="001546BB"/>
     <w:rsid w:val="00160F48"/>
     <w:rsid w:val="0016394C"/>
     <w:rsid w:val="00195DC9"/>
     <w:rsid w:val="001A0D03"/>
     <w:rsid w:val="001A2571"/>
     <w:rsid w:val="001A297C"/>
     <w:rsid w:val="001B67D0"/>
     <w:rsid w:val="001C1C82"/>
     <w:rsid w:val="001D19E8"/>
     <w:rsid w:val="001D3547"/>
     <w:rsid w:val="001D3921"/>
     <w:rsid w:val="001D3C08"/>
     <w:rsid w:val="001E2E43"/>
     <w:rsid w:val="001F6026"/>
     <w:rsid w:val="001F729A"/>
     <w:rsid w:val="00201A4E"/>
     <w:rsid w:val="00202B5F"/>
     <w:rsid w:val="002034E6"/>
     <w:rsid w:val="002038FB"/>
     <w:rsid w:val="002173DE"/>
     <w:rsid w:val="00217D02"/>
     <w:rsid w:val="0022066A"/>
     <w:rsid w:val="00233024"/>
-    <w:rsid w:val="00236F51"/>
     <w:rsid w:val="0024137F"/>
-    <w:rsid w:val="00243E7B"/>
     <w:rsid w:val="0025199E"/>
     <w:rsid w:val="002712E8"/>
     <w:rsid w:val="002733D9"/>
     <w:rsid w:val="00276FE6"/>
     <w:rsid w:val="0028026B"/>
+    <w:rsid w:val="002875CE"/>
     <w:rsid w:val="002924DE"/>
     <w:rsid w:val="002A489B"/>
     <w:rsid w:val="002B06F3"/>
     <w:rsid w:val="002B2F18"/>
     <w:rsid w:val="002C479F"/>
     <w:rsid w:val="002D694A"/>
     <w:rsid w:val="002E391F"/>
     <w:rsid w:val="003115BD"/>
     <w:rsid w:val="003214B0"/>
+    <w:rsid w:val="003420E8"/>
     <w:rsid w:val="00351112"/>
     <w:rsid w:val="00365DAE"/>
     <w:rsid w:val="003760EF"/>
     <w:rsid w:val="003826CC"/>
+    <w:rsid w:val="00385DF3"/>
     <w:rsid w:val="00387693"/>
     <w:rsid w:val="00390D91"/>
     <w:rsid w:val="003A553B"/>
     <w:rsid w:val="003B7D76"/>
     <w:rsid w:val="003C015E"/>
     <w:rsid w:val="003C6CA0"/>
     <w:rsid w:val="003C75FC"/>
     <w:rsid w:val="003D5752"/>
     <w:rsid w:val="003E507D"/>
     <w:rsid w:val="003E5A40"/>
     <w:rsid w:val="003F22EF"/>
     <w:rsid w:val="004008FD"/>
     <w:rsid w:val="004121DD"/>
     <w:rsid w:val="004127BE"/>
     <w:rsid w:val="004135DE"/>
     <w:rsid w:val="004138FC"/>
     <w:rsid w:val="004438D3"/>
     <w:rsid w:val="004441D5"/>
     <w:rsid w:val="00467957"/>
     <w:rsid w:val="004706A5"/>
     <w:rsid w:val="004840EA"/>
     <w:rsid w:val="004868CB"/>
     <w:rsid w:val="00492B5A"/>
     <w:rsid w:val="004969C1"/>
     <w:rsid w:val="004A39EE"/>
@@ -30935,89 +31052,93 @@
     <w:rsid w:val="004F1F06"/>
     <w:rsid w:val="004F1F10"/>
     <w:rsid w:val="00500243"/>
     <w:rsid w:val="005009FC"/>
     <w:rsid w:val="00501025"/>
     <w:rsid w:val="005017CE"/>
     <w:rsid w:val="005053AE"/>
     <w:rsid w:val="005116E9"/>
     <w:rsid w:val="00513F7A"/>
     <w:rsid w:val="00516376"/>
     <w:rsid w:val="00525879"/>
     <w:rsid w:val="0053151E"/>
     <w:rsid w:val="00540816"/>
     <w:rsid w:val="00542819"/>
     <w:rsid w:val="0055333E"/>
     <w:rsid w:val="00573B5C"/>
     <w:rsid w:val="00576865"/>
     <w:rsid w:val="00590E08"/>
     <w:rsid w:val="005C7DB4"/>
     <w:rsid w:val="005D1CD2"/>
     <w:rsid w:val="005E243F"/>
     <w:rsid w:val="005E6C16"/>
     <w:rsid w:val="005F175F"/>
     <w:rsid w:val="005F375E"/>
     <w:rsid w:val="00601FCF"/>
+    <w:rsid w:val="006226E1"/>
     <w:rsid w:val="0062748E"/>
     <w:rsid w:val="00633A8A"/>
     <w:rsid w:val="00645CC8"/>
     <w:rsid w:val="00646466"/>
     <w:rsid w:val="00654B43"/>
     <w:rsid w:val="006664DD"/>
     <w:rsid w:val="00667582"/>
     <w:rsid w:val="00675E1E"/>
     <w:rsid w:val="0068453C"/>
     <w:rsid w:val="006847D3"/>
     <w:rsid w:val="00691444"/>
     <w:rsid w:val="00696754"/>
     <w:rsid w:val="00697D11"/>
     <w:rsid w:val="006A017C"/>
     <w:rsid w:val="006C5A54"/>
     <w:rsid w:val="006D638D"/>
+    <w:rsid w:val="006D781E"/>
     <w:rsid w:val="006E6DD4"/>
     <w:rsid w:val="007041DE"/>
     <w:rsid w:val="0071639C"/>
     <w:rsid w:val="00717873"/>
     <w:rsid w:val="00725F21"/>
     <w:rsid w:val="0073278D"/>
     <w:rsid w:val="00735484"/>
     <w:rsid w:val="00742EA8"/>
+    <w:rsid w:val="00743E4E"/>
     <w:rsid w:val="0074611A"/>
     <w:rsid w:val="007516D8"/>
     <w:rsid w:val="00754006"/>
     <w:rsid w:val="00767176"/>
     <w:rsid w:val="007706EF"/>
     <w:rsid w:val="007843D4"/>
     <w:rsid w:val="00785E78"/>
     <w:rsid w:val="007963E7"/>
     <w:rsid w:val="007A714D"/>
     <w:rsid w:val="007B073B"/>
     <w:rsid w:val="007B5910"/>
     <w:rsid w:val="007B74DF"/>
     <w:rsid w:val="007C352D"/>
     <w:rsid w:val="007C6751"/>
     <w:rsid w:val="007C7770"/>
+    <w:rsid w:val="007C77E2"/>
     <w:rsid w:val="007F506E"/>
     <w:rsid w:val="00826417"/>
     <w:rsid w:val="00836BB1"/>
     <w:rsid w:val="0084376D"/>
     <w:rsid w:val="00865557"/>
     <w:rsid w:val="008903F9"/>
     <w:rsid w:val="00891F24"/>
     <w:rsid w:val="008A2637"/>
     <w:rsid w:val="008A2AA5"/>
     <w:rsid w:val="008A326A"/>
     <w:rsid w:val="008A5DF6"/>
     <w:rsid w:val="008C708E"/>
     <w:rsid w:val="008D1CF7"/>
     <w:rsid w:val="008E0E78"/>
     <w:rsid w:val="008E47F5"/>
     <w:rsid w:val="008E73CA"/>
     <w:rsid w:val="008F0995"/>
     <w:rsid w:val="008F3958"/>
     <w:rsid w:val="008F68E2"/>
     <w:rsid w:val="008F70DB"/>
     <w:rsid w:val="0090602D"/>
     <w:rsid w:val="009105C3"/>
     <w:rsid w:val="00912AFA"/>
     <w:rsid w:val="00913AEC"/>
     <w:rsid w:val="00917122"/>
@@ -31046,178 +31167,185 @@
     <w:rsid w:val="009E5A9C"/>
     <w:rsid w:val="009E718E"/>
     <w:rsid w:val="009F0167"/>
     <w:rsid w:val="009F0520"/>
     <w:rsid w:val="009F0F44"/>
     <w:rsid w:val="009F4C7A"/>
     <w:rsid w:val="00A036C6"/>
     <w:rsid w:val="00A03FF5"/>
     <w:rsid w:val="00A1193C"/>
     <w:rsid w:val="00A20F41"/>
     <w:rsid w:val="00A2268B"/>
     <w:rsid w:val="00A250B7"/>
     <w:rsid w:val="00A27E3E"/>
     <w:rsid w:val="00A34B4C"/>
     <w:rsid w:val="00A4142F"/>
     <w:rsid w:val="00A429BE"/>
     <w:rsid w:val="00A46D0D"/>
     <w:rsid w:val="00A47C79"/>
     <w:rsid w:val="00A73341"/>
     <w:rsid w:val="00A7790B"/>
     <w:rsid w:val="00A86B1F"/>
     <w:rsid w:val="00A93DD6"/>
     <w:rsid w:val="00AA1BC0"/>
     <w:rsid w:val="00AA3B80"/>
     <w:rsid w:val="00AA45BA"/>
+    <w:rsid w:val="00AB196D"/>
     <w:rsid w:val="00AC33E5"/>
+    <w:rsid w:val="00AD0495"/>
     <w:rsid w:val="00AD2511"/>
     <w:rsid w:val="00AD47FF"/>
     <w:rsid w:val="00AF3EA6"/>
     <w:rsid w:val="00AF431F"/>
     <w:rsid w:val="00B07C39"/>
     <w:rsid w:val="00B115E2"/>
     <w:rsid w:val="00B269AD"/>
     <w:rsid w:val="00B3279F"/>
     <w:rsid w:val="00B34529"/>
     <w:rsid w:val="00B5159F"/>
     <w:rsid w:val="00B61B74"/>
     <w:rsid w:val="00B6240F"/>
     <w:rsid w:val="00B73194"/>
     <w:rsid w:val="00B75B1F"/>
     <w:rsid w:val="00B80571"/>
     <w:rsid w:val="00B86C21"/>
     <w:rsid w:val="00BB545C"/>
     <w:rsid w:val="00BC236C"/>
     <w:rsid w:val="00BC69B0"/>
     <w:rsid w:val="00BD194E"/>
     <w:rsid w:val="00BE3238"/>
     <w:rsid w:val="00BF0AE0"/>
     <w:rsid w:val="00BF0C0F"/>
     <w:rsid w:val="00BF65E9"/>
     <w:rsid w:val="00BF710A"/>
     <w:rsid w:val="00C1342F"/>
     <w:rsid w:val="00C1524F"/>
     <w:rsid w:val="00C20826"/>
     <w:rsid w:val="00C34FC1"/>
     <w:rsid w:val="00C46373"/>
     <w:rsid w:val="00C52D15"/>
     <w:rsid w:val="00C62DB3"/>
     <w:rsid w:val="00C815C3"/>
     <w:rsid w:val="00C866FD"/>
     <w:rsid w:val="00C86864"/>
     <w:rsid w:val="00C9027B"/>
     <w:rsid w:val="00CA02DB"/>
     <w:rsid w:val="00CA146B"/>
     <w:rsid w:val="00CC4B7B"/>
     <w:rsid w:val="00CC6023"/>
     <w:rsid w:val="00CC6A7D"/>
     <w:rsid w:val="00CD1656"/>
     <w:rsid w:val="00CE4294"/>
     <w:rsid w:val="00CF04CA"/>
     <w:rsid w:val="00CF141A"/>
     <w:rsid w:val="00CF5249"/>
     <w:rsid w:val="00CF5ED3"/>
     <w:rsid w:val="00D07EA1"/>
     <w:rsid w:val="00D12245"/>
     <w:rsid w:val="00D13E4C"/>
+    <w:rsid w:val="00D15FDB"/>
     <w:rsid w:val="00D3106A"/>
     <w:rsid w:val="00D32722"/>
+    <w:rsid w:val="00D478D3"/>
     <w:rsid w:val="00D53397"/>
     <w:rsid w:val="00D53A73"/>
     <w:rsid w:val="00D55D29"/>
     <w:rsid w:val="00D65BF7"/>
     <w:rsid w:val="00D72921"/>
     <w:rsid w:val="00D82712"/>
     <w:rsid w:val="00D82D7E"/>
     <w:rsid w:val="00D8388F"/>
     <w:rsid w:val="00D91390"/>
     <w:rsid w:val="00D922FD"/>
     <w:rsid w:val="00DA680E"/>
     <w:rsid w:val="00DB220C"/>
     <w:rsid w:val="00DC0A65"/>
     <w:rsid w:val="00DD0E66"/>
     <w:rsid w:val="00DE0510"/>
     <w:rsid w:val="00DF2205"/>
     <w:rsid w:val="00E02DB1"/>
     <w:rsid w:val="00E24E74"/>
+    <w:rsid w:val="00E27837"/>
     <w:rsid w:val="00E3375C"/>
     <w:rsid w:val="00E371A6"/>
     <w:rsid w:val="00E508A1"/>
     <w:rsid w:val="00E52145"/>
     <w:rsid w:val="00E62FD9"/>
     <w:rsid w:val="00E90794"/>
     <w:rsid w:val="00E95351"/>
     <w:rsid w:val="00EA4325"/>
     <w:rsid w:val="00EA46A5"/>
     <w:rsid w:val="00EA728D"/>
     <w:rsid w:val="00EB033A"/>
     <w:rsid w:val="00ED0636"/>
     <w:rsid w:val="00EE708E"/>
     <w:rsid w:val="00EF26A7"/>
     <w:rsid w:val="00EF6DFC"/>
     <w:rsid w:val="00EF749B"/>
     <w:rsid w:val="00F04648"/>
     <w:rsid w:val="00F06027"/>
     <w:rsid w:val="00F12ED1"/>
     <w:rsid w:val="00F22473"/>
     <w:rsid w:val="00F2425D"/>
     <w:rsid w:val="00F254DB"/>
     <w:rsid w:val="00F26435"/>
     <w:rsid w:val="00F33DEB"/>
     <w:rsid w:val="00F444E5"/>
     <w:rsid w:val="00F55AB5"/>
     <w:rsid w:val="00F613C4"/>
     <w:rsid w:val="00F66DB2"/>
     <w:rsid w:val="00F7463A"/>
     <w:rsid w:val="00F74F79"/>
     <w:rsid w:val="00F80A08"/>
     <w:rsid w:val="00F84E50"/>
+    <w:rsid w:val="00FB333B"/>
     <w:rsid w:val="00FB5DA9"/>
     <w:rsid w:val="00FD24A9"/>
     <w:rsid w:val="00FE2BA4"/>
+    <w:rsid w:val="00FE2E2D"/>
     <w:rsid w:val="00FE3E71"/>
     <w:rsid w:val="00FE4962"/>
     <w:rsid w:val="00FE5E8D"/>
     <w:rsid w:val="00FF7A12"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="72881984"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{AAA8E2DA-4390-4C0B-B32D-B866BF20AB06}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
@@ -32391,51 +32519,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1614434003">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www2.culture.gouv.fr/public/mistral/arcade_fr?ACTION=RETOUR&amp;USRNAME=nobody&amp;USRPWD=4%24%2534P" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resprovmus.hypotheses.org/trafic-illicite" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lostart.de/en/start" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.citem.cz/holocaust/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sherloc.unodc.org/cld/v3/sherloc/legdb/index.html?lng=en" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archivportal-d.de/themenportale/wiedergutmachung" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesdiplomatiques.diplomatie.gouv.fr/page/recherche-simple" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tineye.com/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.culture.gouv.fr/Media/medias-creation-rapide/base-ted-13.05.2024.xlsx2" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.interpol.int/Crimes/Cultural-heritage-crime/Stolen-Works-of-Art-Database" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resprovmus.hypotheses.org/recherches-sur-la-periode-1933-1945" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dhm.de/datenbank/linzdb/linzform2.html" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wo2.collectienederland.nl/search/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agorha.inha.fr/database/76" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wpi.art/legacy-publications/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://whc.unesco.org/fr/glossaire/426" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dhm.de/datenbank/ccp/dhm_ccp.php?seite=" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resprovmus.hypotheses.org/category/marchedelart/cataloguesnumerises/catalogues-de-vente-numerises-33-45" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icom.museum/fr/ressources/red-lists/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://artcrimes.fbi.gov/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.errproject.org/jeudepaume/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lootedart.com/search2.php" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kunstdatenbank.at/home" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ressources.memorialdelashoah.org/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resprovmus.hypotheses.org/biens-issus-des-anciennes-colonies" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provenance@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pop.culture.gouv.fr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resprovmus.hypotheses.org/category/approche-par-acteur/recherche-par-acteur-33-45" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resprovmus.hypotheses.org/recherches-sur-la-periode-1933-1945" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dhm.de/datenbank/goering/dhm_goering.php?seite=6&amp;fld_1=&amp;fld_2=&amp;fld_3=&amp;fld_5=Adam%2C+Franz&amp;auswahl=Adam%2C+Franz&amp;fld_6=&amp;fld_9=&amp;fld_10=&amp;fld_11=rothschild&amp;fld_12=&amp;fld_13=&amp;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lootedart.gov.pl/en/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheque-numerique.inha.fr/collection/default?search=((Title:%22Gazette%5C%20de%5C%20l%27H%C3%B4tel%5C%20Drouot%22)%20OR%20(title_long:%22Gazette%5C%20de%5C%20l%27H%C3%B4tel%5C%20Drouot%22))&amp;sort=_score&amp;perpage=10&amp;page=1&amp;&amp;sort=Title,_score" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.org/en/cultnatlaws/list?hub=169342" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lootedart.com/MVI3RM469661" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/imghp?hl=FR" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tpcweb.carabinieri.it/SitoPubblico/home/funzioni/ricerca-dati-immagini" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.culture.gouv.fr/nous-connaitre/organisation-du-ministere/le-secretariat-general/mission-de-recherche-et-de-restitution-des-biens-culturels-spolies-entre-1933-et-1945/recherche-de-provenance-outils-et-methode/repertoire-des-biens-spolies-rbs" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lootedart.belgium.be/fr/search" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icom.museum/fr/ressources/red-lists/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://whc.unesco.org/fr/glossaire/426" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.errproject.org/jeudepaume/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agorha.inha.fr/database/76" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://artcrimes.fbi.gov/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kunstdatenbank.at/home" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ressources.memorialdelashoah.org/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resprovmus.hypotheses.org/biens-issus-des-anciennes-colonies" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resprovmus.hypotheses.org/category/approche-par-acteur/recherche-par-acteur-33-45" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lootedart.com/search2.php" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.interpol.int/Crimes/Cultural-heritage-crime/Stolen-Works-of-Art-Database" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resprovmus.hypotheses.org/recherches-sur-la-periode-1933-1945" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dhm.de/datenbank/goering/dhm_goering.php?seite=6&amp;fld_1=&amp;fld_2=&amp;fld_3=&amp;fld_5=Adam%2C+Franz&amp;auswahl=Adam%2C+Franz&amp;fld_6=&amp;fld_9=&amp;fld_10=&amp;fld_11=rothschild&amp;fld_12=&amp;fld_13=&amp;" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lootedart.gov.pl/en/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lootedart.com/MVI3RM469661" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bibliotheque-numerique.inha.fr/collection/default?search=((Title:%22Gazette%5C%20de%5C%20l%27H%C3%B4tel%5C%20Drouot%22)%20OR%20(title_long:%22Gazette%5C%20de%5C%20l%27H%C3%B4tel%5C%20Drouot%22))&amp;sort=_score&amp;perpage=10&amp;page=1&amp;&amp;sort=Title,_score" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.unesco.org/en/cultnatlaws/list?hub=169342" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dhm.de/datenbank/linzdb/linzform2.html" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitalprojects.wpi.art/library/search" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/imghp?hl=FR" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tpcweb.carabinieri.it/SitoPubblico/home/funzioni/ricerca-dati-immagini" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.culture.gouv.fr/nous-connaitre/organisation-du-ministere/le-secretariat-general/mission-de-recherche-et-de-restitution-des-biens-culturels-spolies-entre-1933-et-1945/recherche-de-provenance-outils-et-methode/repertoire-des-biens-spolies-rbs" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dhm.de/datenbank/ccp/dhm_ccp.php?seite=" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lootedart.belgium.be/fr/search" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resprovmus.hypotheses.org/category/marchedelart/cataloguesnumerises/catalogues-de-vente-numerises-33-45" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:provenance@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pop.culture.gouv.fr/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resprovmus.hypotheses.org/trafic-illicite" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lostart.de/en/start" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.archivportal-d.de/themenportale/wiedergutmachung" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.citem.cz/holocaust/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gallica.bnf.fr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sherloc.unodc.org/cld/v3/sherloc/legdb/index.html?lng=en" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archivesdiplomatiques.diplomatie.gouv.fr/page/recherche-simple" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tineye.com/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://resprovmus.hypotheses.org/especes-protegees" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.culture.gouv.fr/Media/medias-creation-rapide/base-ted-13.05.2024.xlsx2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://wo2.collectienederland.nl/search/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
@@ -32710,75 +32838,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4A3F55BD-948F-4E45-8D1C-38B95AE63261}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>3552</Words>
-  <Characters>19539</Characters>
+  <Words>3617</Words>
+  <Characters>19896</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-  <Lines>162</Lines>
+  <DocSecurity>0</DocSecurity>
+  <Lines>165</Lines>
   <Paragraphs>46</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministere de la Culture</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23045</CharactersWithSpaces>
+  <CharactersWithSpaces>23467</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>CAGNIN Bertille</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingFooterShapeIds">
     <vt:lpwstr>6a40ce03,57279f15,6d847dd1</vt:lpwstr>