--- v0 (2025-10-13)
+++ v1 (2026-01-06)
@@ -1,549 +1,746 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
-  <workbookPr/>
+  <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\DB\OLP\FREQUENTATION\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:9_{AA208EAB-A5BD-42FC-93DA-163D4D9704A8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7B16F443-FAEF-41BA-BBDC-33F10876D593}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="500" xr2:uid="{F0C1349C-2B0F-4506-97F5-4DF4C394F6D9}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Fréquentation" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="191029" iterateDelta="1E-4"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
+    <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
+      <loext:extCalcPr stringRefSyntax="ExcelA1"/>
+    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="C6" i="1" l="1"/>
-[...9 lines deleted...]
-  <c r="I6" i="1"/>
+  <c r="H9" i="1" l="1"/>
+  <c r="G9" i="1"/>
+  <c r="F9" i="1"/>
+  <c r="E9" i="1"/>
+  <c r="D9" i="1"/>
+  <c r="C9" i="1"/>
+  <c r="B9" i="1"/>
+  <c r="I9" i="1" s="1"/>
+  <c r="I11" i="1" s="1"/>
   <c r="I8" i="1"/>
+  <c r="I7" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
+    <t>Ce tableau n’est qu’une suggestion d’outil de comptage. Vous pouvez le modifier à votre convenance ou ne pas l'utiliser du tout.</t>
+  </si>
+  <si>
+    <t>Le chiffre global de fréquentation sera à saisir dans une formulaire en ligne dont l'adresse sera communiquée ultérieurement.</t>
+  </si>
+  <si>
+    <t>COMPTAGE DE LA FREQUENTATION DE LA BIBLIOTHEQUE          Année  :  2025</t>
+  </si>
+  <si>
     <t>Semaine du 17-23 novembre</t>
   </si>
   <si>
     <t>Lundi</t>
   </si>
   <si>
     <t>Mardi</t>
   </si>
   <si>
     <t>Mercredi</t>
   </si>
   <si>
     <t>Jeudi</t>
   </si>
   <si>
     <t>Vendredi</t>
   </si>
   <si>
     <t>Samedi</t>
   </si>
   <si>
     <t>Dimanche</t>
   </si>
   <si>
     <t>TOTAL HEBDOMADAIRE</t>
   </si>
   <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Marianne"/>
+        <family val="3"/>
+        <charset val="1"/>
+      </rPr>
+      <t>Nombre d’entrées le matin</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="16"/>
+        <color rgb="FFA02B93"/>
+        <rFont val="Marianne"/>
+        <family val="3"/>
+        <charset val="1"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <sz val="10"/>
+        <rFont val="Marianne"/>
+        <family val="3"/>
+        <charset val="1"/>
+      </rPr>
+      <t>Nombre d’entrées l’après-midi</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="16"/>
+        <color rgb="FFA02B93"/>
+        <rFont val="Marianne"/>
+        <family val="3"/>
+        <charset val="1"/>
+      </rPr>
+      <t>*</t>
+    </r>
+  </si>
+  <si>
     <t>Total par jour</t>
   </si>
   <si>
-    <t xml:space="preserve">Ce tableau n’est qu’une suggestion d’outil de comptage. </t>
-[...16 lines deleted...]
-  <si>
     <t>Chiffre de fréquentation à reporter dans le formulaire en ligne</t>
   </si>
   <si>
-    <t>*Compter également les groupes accueillis en dehors des horaires d'ouverture de la bibliothèque.</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="16"/>
+        <color rgb="FFA02B93"/>
+        <rFont val="Marianne"/>
+        <family val="3"/>
+      </rPr>
+      <t xml:space="preserve">* </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFA02B93"/>
+        <rFont val="Marianne"/>
+        <family val="3"/>
+      </rPr>
+      <t xml:space="preserve">Vous pouvez décomposer le tableur avec d'autres tranches horaires selon vos besoins;
+le comptage doit inclure les entrées </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="10"/>
+        <color rgb="FFA02B93"/>
+        <rFont val="Marianne"/>
+        <family val="3"/>
+      </rPr>
+      <t xml:space="preserve">pendant et hors </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <color rgb="FFA02B93"/>
+        <rFont val="Marianne"/>
+        <family val="3"/>
+      </rPr>
+      <t>des horaires d'ouverture "tous publics" de la bibliothèque.</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">Indication </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <u/>
+        <sz val="10"/>
+        <rFont val="Marianne"/>
+        <family val="3"/>
+      </rPr>
+      <t>complémentaire</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="10"/>
+        <rFont val="Marianne"/>
+        <family val="3"/>
+        <charset val="1"/>
+      </rPr>
+      <t xml:space="preserve"> à reporter dans le formulaire en ligne :
+nb d'heures d'ouverture "tous publics" </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <rFont val="Marianne"/>
+        <family val="3"/>
+      </rPr>
+      <t>durant la semaine de comptage</t>
+    </r>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
+      <charset val="1"/>
     </font>
     <font>
+      <sz val="10"/>
+      <name val="Marianne"/>
+      <family val="3"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <name val="Marianne"/>
+      <family val="3"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
+      <color rgb="FFFF0000"/>
+      <name val="Marianne"/>
+      <family val="3"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color rgb="FFA02B93"/>
+      <name val="Marianne"/>
+      <family val="3"/>
+      <charset val="1"/>
+    </font>
+    <font>
+      <b/>
       <sz val="10"/>
       <name val="Marianne"/>
       <family val="3"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
+      <color rgb="FFA02B93"/>
+      <name val="Marianne"/>
+      <family val="3"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <name val="Marianne"/>
+      <family val="3"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <color rgb="FFA02B93"/>
+      <name val="Marianne"/>
+      <family val="3"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="10"/>
+      <color rgb="FFA02B93"/>
+      <name val="Marianne"/>
+      <family val="3"/>
+    </font>
+    <font>
+      <b/>
+      <u/>
+      <sz val="10"/>
       <name val="Marianne"/>
       <family val="3"/>
     </font>
   </fonts>
-  <fills count="5">
+  <fills count="6">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.79998168889431442"/>
-        <bgColor indexed="22"/>
+        <fgColor rgb="FFCAEEFB"/>
+        <bgColor rgb="FFCCFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="7" tint="0.79998168889431442"/>
-        <bgColor indexed="31"/>
+        <fgColor rgb="FFD9F2D0"/>
+        <bgColor rgb="FFCAEEFB"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor rgb="FFFFE885"/>
-        <bgColor indexed="13"/>
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor rgb="FFCCFFFF"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF00"/>
+        <bgColor rgb="FFFFCC99"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="18">
+  <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="8"/>
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="medium">
+        <color auto="1"/>
+      </top>
+      <bottom style="medium">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
       </left>
       <right style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </right>
-      <top/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
       <bottom style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </left>
       <right style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </right>
-      <top/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
       <bottom style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </left>
       <right/>
-      <top/>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
       <bottom style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="8"/>
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom style="thin">
+        <color auto="1"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
       </left>
       <right style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </right>
-      <top style="thin">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </left>
       <right style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </right>
-      <top style="thin">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </left>
       <right/>
-      <top style="thin">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="8"/>
+        <color auto="1"/>
       </left>
       <right style="medium">
-        <color indexed="8"/>
+        <color auto="1"/>
       </right>
-      <top style="thin">
-[...1 lines deleted...]
-      </top>
+      <top/>
       <bottom style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
-        <color indexed="8"/>
+        <color auto="1"/>
+      </left>
+      <right style="medium">
+        <color auto="1"/>
+      </right>
+      <top style="thin">
+        <color auto="1"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="medium">
+        <color auto="1"/>
       </left>
       <right style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </right>
-      <top style="thin">
-        <color indexed="8"/>
+      <top style="medium">
+        <color auto="1"/>
       </top>
       <bottom style="medium">
-        <color indexed="8"/>
+        <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </left>
       <right style="thin">
-        <color indexed="8"/>
+        <color auto="1"/>
       </right>
-      <top style="thin">
-        <color indexed="8"/>
+      <top style="medium">
+        <color auto="1"/>
       </top>
       <bottom style="medium">
-        <color indexed="8"/>
+        <color auto="1"/>
       </bottom>
-      <diagonal/>
-[...82 lines deleted...]
-      <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
-        <color indexed="8"/>
+        <color auto="1"/>
       </right>
       <top/>
       <bottom/>
-      <diagonal/>
-[...13 lines deleted...]
-      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="33">
+  <cellXfs count="36">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...31 lines deleted...]
-      <alignment horizontal="right" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <indexedColors>
+      <rgbColor rgb="FF000000"/>
+      <rgbColor rgb="FFFFFFFF"/>
+      <rgbColor rgb="FFFF0000"/>
+      <rgbColor rgb="FF00FF00"/>
+      <rgbColor rgb="FF0000FF"/>
+      <rgbColor rgb="FFFFFF00"/>
+      <rgbColor rgb="FFFF00FF"/>
+      <rgbColor rgb="FF00FFFF"/>
+      <rgbColor rgb="FF800000"/>
+      <rgbColor rgb="FF008000"/>
+      <rgbColor rgb="FF000080"/>
+      <rgbColor rgb="FF808000"/>
+      <rgbColor rgb="FF800080"/>
+      <rgbColor rgb="FF008080"/>
+      <rgbColor rgb="FFC0C0C0"/>
+      <rgbColor rgb="FF808080"/>
+      <rgbColor rgb="FF9999FF"/>
+      <rgbColor rgb="FFA02B93"/>
+      <rgbColor rgb="FFFFFFCC"/>
+      <rgbColor rgb="FFCAEEFB"/>
+      <rgbColor rgb="FF660066"/>
+      <rgbColor rgb="FFFF8080"/>
+      <rgbColor rgb="FF0066CC"/>
+      <rgbColor rgb="FFCCCCFF"/>
+      <rgbColor rgb="FF000080"/>
+      <rgbColor rgb="FFFF00FF"/>
+      <rgbColor rgb="FFFFFF00"/>
+      <rgbColor rgb="FF00FFFF"/>
+      <rgbColor rgb="FF800080"/>
+      <rgbColor rgb="FF800000"/>
+      <rgbColor rgb="FF008080"/>
+      <rgbColor rgb="FF0000FF"/>
+      <rgbColor rgb="FF00CCFF"/>
+      <rgbColor rgb="FFCCFFFF"/>
+      <rgbColor rgb="FFD9F2D0"/>
+      <rgbColor rgb="FFFFE885"/>
+      <rgbColor rgb="FF99CCFF"/>
+      <rgbColor rgb="FFFF99CC"/>
+      <rgbColor rgb="FFCC99FF"/>
+      <rgbColor rgb="FFFFCC99"/>
+      <rgbColor rgb="FF3366FF"/>
+      <rgbColor rgb="FF33CCCC"/>
+      <rgbColor rgb="FF99CC00"/>
+      <rgbColor rgb="FFFFCC00"/>
+      <rgbColor rgb="FFFF9900"/>
+      <rgbColor rgb="FFFF6600"/>
+      <rgbColor rgb="FF666699"/>
+      <rgbColor rgb="FF969696"/>
+      <rgbColor rgb="FF003366"/>
+      <rgbColor rgb="FF339966"/>
+      <rgbColor rgb="FF003300"/>
+      <rgbColor rgb="FF333300"/>
+      <rgbColor rgb="FF993300"/>
+      <rgbColor rgb="FF993366"/>
+      <rgbColor rgb="FF333399"/>
+      <rgbColor rgb="FF333333"/>
+      <rgbColor rgb="00003366"/>
+      <rgbColor rgb="00339966"/>
+      <rgbColor rgb="00003300"/>
+      <rgbColor rgb="00333300"/>
+      <rgbColor rgb="00993300"/>
+      <rgbColor rgb="00993366"/>
+      <rgbColor rgb="00333399"/>
+      <rgbColor rgb="00333333"/>
+    </indexedColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -801,651 +998,661 @@
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults>
-    <a:spDef>
-[...27 lines deleted...]
-      <a:bodyPr vertOverflow="clip" wrap="square" lIns="18288" tIns="0" rIns="0" bIns="0" upright="1"/>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
       <a:lstStyle/>
-    </a:spDef>
-[...29 lines deleted...]
-      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CCD2DABB-2B39-4B3D-840C-B7495554A416}">
-  <dimension ref="A1:BO14"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+  <dimension ref="A1:AMJ20"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A16" sqref="A16"/>
+    <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
+      <selection sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="11.36328125" defaultRowHeight="16" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="16" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="28.1796875" style="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="30" max="16384" width="11.36328125" style="1"/>
+    <col min="1" max="1" width="30.453125" style="1" customWidth="1"/>
+    <col min="2" max="8" width="12.54296875" style="1" customWidth="1"/>
+    <col min="9" max="9" width="17.453125" style="1" customWidth="1"/>
+    <col min="10" max="29" width="10.1796875" style="1" customWidth="1"/>
+    <col min="30" max="1024" width="11.453125" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:67" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="31" t="s">
+    <row r="1" spans="1:67" x14ac:dyDescent="0.25">
+      <c r="A1" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="28"/>
+      <c r="C1" s="28"/>
+      <c r="D1" s="28"/>
+      <c r="E1" s="28"/>
+      <c r="F1" s="28"/>
+      <c r="G1" s="28"/>
+      <c r="H1" s="28"/>
+      <c r="I1" s="28"/>
+    </row>
+    <row r="2" spans="1:67" x14ac:dyDescent="0.25">
+      <c r="A2" s="2"/>
+    </row>
+    <row r="3" spans="1:67" x14ac:dyDescent="0.25">
+      <c r="A3" s="29" t="s">
+        <v>1</v>
+      </c>
+      <c r="B3" s="29"/>
+      <c r="C3" s="29"/>
+      <c r="D3" s="29"/>
+      <c r="E3" s="29"/>
+      <c r="F3" s="29"/>
+      <c r="G3" s="29"/>
+      <c r="H3" s="29"/>
+      <c r="I3" s="29"/>
+    </row>
+    <row r="5" spans="1:67" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="30" t="s">
+        <v>2</v>
+      </c>
+      <c r="B5" s="30"/>
+      <c r="C5" s="30"/>
+      <c r="D5" s="30"/>
+      <c r="E5" s="30"/>
+      <c r="F5" s="30"/>
+      <c r="G5" s="30"/>
+      <c r="H5" s="30"/>
+      <c r="I5" s="30"/>
+      <c r="J5" s="3"/>
+      <c r="K5" s="3"/>
+      <c r="L5" s="3"/>
+      <c r="M5" s="3"/>
+      <c r="N5" s="3"/>
+      <c r="O5" s="3"/>
+      <c r="P5" s="3"/>
+      <c r="Q5" s="3"/>
+    </row>
+    <row r="6" spans="1:67" ht="32" x14ac:dyDescent="0.25">
+      <c r="A6" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>7</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="G6" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="H6" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="I6" s="7" t="s">
         <v>11</v>
       </c>
-      <c r="B1" s="31"/>
-[...14 lines deleted...]
-      <c r="Q1" s="6"/>
+      <c r="J6" s="8"/>
+      <c r="K6" s="9"/>
+      <c r="M6" s="10"/>
+      <c r="N6" s="10"/>
+      <c r="R6" s="11"/>
+      <c r="S6" s="11"/>
+      <c r="T6" s="11"/>
+      <c r="U6" s="11"/>
+      <c r="V6" s="11"/>
+      <c r="W6" s="11"/>
+      <c r="X6" s="11"/>
+      <c r="Y6" s="11"/>
+      <c r="Z6" s="11"/>
+      <c r="AA6" s="10"/>
+      <c r="AB6" s="10"/>
+      <c r="AC6" s="10"/>
+      <c r="AD6" s="12"/>
+      <c r="AE6" s="12"/>
+      <c r="AF6" s="12"/>
+      <c r="AG6" s="12"/>
+      <c r="AH6" s="12"/>
+      <c r="AI6" s="12"/>
+      <c r="AJ6" s="12"/>
+      <c r="AK6" s="12"/>
+      <c r="AL6" s="12"/>
+      <c r="AM6" s="12"/>
+      <c r="AN6" s="12"/>
+      <c r="AO6" s="12"/>
+      <c r="AP6" s="12"/>
+      <c r="AQ6" s="12"/>
+      <c r="AR6" s="12"/>
+      <c r="AS6" s="12"/>
+      <c r="AT6" s="12"/>
+      <c r="AU6" s="12"/>
+      <c r="AV6" s="12"/>
+      <c r="AW6" s="12"/>
+      <c r="AX6" s="12"/>
+      <c r="AY6" s="12"/>
+      <c r="AZ6" s="12"/>
+      <c r="BA6" s="12"/>
+      <c r="BB6" s="12"/>
+      <c r="BC6" s="12"/>
+      <c r="BD6" s="12"/>
+      <c r="BE6" s="12"/>
+      <c r="BF6" s="12"/>
+      <c r="BG6" s="12"/>
+      <c r="BH6" s="12"/>
+      <c r="BI6" s="12"/>
+      <c r="BJ6" s="12"/>
+      <c r="BK6" s="12"/>
+      <c r="BL6" s="12"/>
+      <c r="BM6" s="12"/>
+      <c r="BN6" s="12"/>
+      <c r="BO6" s="12"/>
     </row>
-    <row r="2" spans="1:67" ht="48" x14ac:dyDescent="0.25">
-[...80 lines deleted...]
-      <c r="BO2" s="4"/>
+    <row r="7" spans="1:67" ht="32.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="13" t="s">
+        <v>12</v>
+      </c>
+      <c r="B7" s="14">
+        <v>0</v>
+      </c>
+      <c r="C7" s="14">
+        <v>0</v>
+      </c>
+      <c r="D7" s="14">
+        <v>0</v>
+      </c>
+      <c r="E7" s="14">
+        <v>0</v>
+      </c>
+      <c r="F7" s="14">
+        <v>0</v>
+      </c>
+      <c r="G7" s="15">
+        <v>0</v>
+      </c>
+      <c r="H7" s="15">
+        <v>0</v>
+      </c>
+      <c r="I7" s="16">
+        <f>SUM(B7:H7)</f>
+        <v>0</v>
+      </c>
+      <c r="J7" s="8"/>
+      <c r="K7" s="9"/>
+      <c r="M7" s="12"/>
+      <c r="N7" s="12"/>
+      <c r="R7" s="12"/>
+      <c r="S7" s="12"/>
+      <c r="T7" s="12"/>
+      <c r="U7" s="12"/>
+      <c r="V7" s="12"/>
+      <c r="W7" s="12"/>
+      <c r="X7" s="12"/>
+      <c r="Y7" s="12"/>
+      <c r="Z7" s="12"/>
+      <c r="AA7" s="12"/>
+      <c r="AB7" s="12"/>
+      <c r="AC7" s="12"/>
+      <c r="AD7" s="12"/>
+      <c r="AE7" s="12"/>
+      <c r="AF7" s="12"/>
+      <c r="AG7" s="12"/>
+      <c r="AH7" s="12"/>
+      <c r="AI7" s="12"/>
+      <c r="AJ7" s="12"/>
+      <c r="AK7" s="12"/>
+      <c r="AL7" s="12"/>
+      <c r="AM7" s="12"/>
+      <c r="AN7" s="12"/>
+      <c r="AO7" s="12"/>
+      <c r="AP7" s="12"/>
+      <c r="AQ7" s="12"/>
+      <c r="AR7" s="12"/>
+      <c r="AS7" s="12"/>
+      <c r="AT7" s="12"/>
+      <c r="AU7" s="12"/>
+      <c r="AV7" s="12"/>
+      <c r="AW7" s="12"/>
+      <c r="AX7" s="12"/>
+      <c r="AY7" s="12"/>
+      <c r="AZ7" s="12"/>
+      <c r="BA7" s="12"/>
+      <c r="BB7" s="12"/>
+      <c r="BC7" s="12"/>
+      <c r="BD7" s="12"/>
+      <c r="BE7" s="12"/>
+      <c r="BF7" s="12"/>
+      <c r="BG7" s="12"/>
+      <c r="BH7" s="12"/>
+      <c r="BI7" s="12"/>
+      <c r="BJ7" s="12"/>
+      <c r="BK7" s="12"/>
+      <c r="BL7" s="12"/>
+      <c r="BM7" s="12"/>
+      <c r="BN7" s="12"/>
+      <c r="BO7" s="12"/>
     </row>
-    <row r="3" spans="1:67" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...81 lines deleted...]
-      <c r="BO3" s="4"/>
+    <row r="8" spans="1:67" ht="32.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="17" t="s">
+        <v>13</v>
+      </c>
+      <c r="B8" s="18">
+        <v>0</v>
+      </c>
+      <c r="C8" s="18">
+        <v>0</v>
+      </c>
+      <c r="D8" s="18">
+        <v>0</v>
+      </c>
+      <c r="E8" s="18">
+        <v>0</v>
+      </c>
+      <c r="F8" s="18">
+        <v>0</v>
+      </c>
+      <c r="G8" s="19">
+        <v>0</v>
+      </c>
+      <c r="H8" s="19">
+        <v>0</v>
+      </c>
+      <c r="I8" s="20">
+        <f>SUM(B8:H8)</f>
+        <v>0</v>
+      </c>
+      <c r="J8" s="8"/>
+      <c r="K8" s="9"/>
+      <c r="M8" s="12"/>
+      <c r="N8" s="12"/>
+      <c r="R8" s="12"/>
+      <c r="S8" s="12"/>
+      <c r="T8" s="12"/>
+      <c r="U8" s="12"/>
+      <c r="V8" s="12"/>
+      <c r="W8" s="12"/>
+      <c r="X8" s="12"/>
+      <c r="Y8" s="12"/>
+      <c r="Z8" s="12"/>
+      <c r="AA8" s="12"/>
+      <c r="AB8" s="12"/>
+      <c r="AC8" s="12"/>
+      <c r="AD8" s="12"/>
+      <c r="AE8" s="12"/>
+      <c r="AF8" s="12"/>
+      <c r="AG8" s="12"/>
+      <c r="AH8" s="12"/>
+      <c r="AI8" s="12"/>
+      <c r="AJ8" s="12"/>
+      <c r="AK8" s="12"/>
+      <c r="AL8" s="12"/>
+      <c r="AM8" s="12"/>
+      <c r="AN8" s="12"/>
+      <c r="AO8" s="12"/>
+      <c r="AP8" s="12"/>
+      <c r="AQ8" s="12"/>
+      <c r="AR8" s="12"/>
+      <c r="AS8" s="12"/>
+      <c r="AT8" s="12"/>
+      <c r="AU8" s="12"/>
+      <c r="AV8" s="12"/>
+      <c r="AW8" s="12"/>
+      <c r="AX8" s="12"/>
+      <c r="AY8" s="12"/>
+      <c r="AZ8" s="12"/>
+      <c r="BA8" s="12"/>
+      <c r="BB8" s="12"/>
+      <c r="BC8" s="12"/>
+      <c r="BD8" s="12"/>
+      <c r="BE8" s="12"/>
+      <c r="BF8" s="12"/>
+      <c r="BG8" s="12"/>
+      <c r="BH8" s="12"/>
+      <c r="BI8" s="12"/>
+      <c r="BJ8" s="12"/>
+      <c r="BK8" s="12"/>
+      <c r="BL8" s="12"/>
+      <c r="BM8" s="12"/>
+      <c r="BN8" s="12"/>
+      <c r="BO8" s="12"/>
     </row>
-    <row r="4" spans="1:67" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-[...81 lines deleted...]
-      <c r="BO4" s="4"/>
+    <row r="9" spans="1:67" ht="32.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="21" t="s">
+        <v>14</v>
+      </c>
+      <c r="B9" s="22">
+        <f t="shared" ref="B9:H9" si="0">SUM(B7:B8)</f>
+        <v>0</v>
+      </c>
+      <c r="C9" s="22">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="D9" s="22">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="E9" s="22">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="F9" s="22">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="G9" s="22">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="H9" s="22">
+        <f t="shared" si="0"/>
+        <v>0</v>
+      </c>
+      <c r="I9" s="23">
+        <f>SUM(B9:H9)</f>
+        <v>0</v>
+      </c>
+      <c r="J9" s="12"/>
+      <c r="K9" s="12"/>
+      <c r="L9" s="12"/>
+      <c r="M9" s="12"/>
+      <c r="N9" s="12"/>
+      <c r="O9" s="12"/>
+      <c r="P9" s="12"/>
+      <c r="Q9" s="12"/>
+      <c r="R9" s="12"/>
+      <c r="S9" s="12"/>
+      <c r="T9" s="12"/>
+      <c r="U9" s="12"/>
+      <c r="V9" s="12"/>
+      <c r="W9" s="12"/>
+      <c r="X9" s="12"/>
+      <c r="Y9" s="12"/>
+      <c r="Z9" s="12"/>
+      <c r="AA9" s="12"/>
+      <c r="AB9" s="12"/>
+      <c r="AC9" s="12"/>
+      <c r="AD9" s="12"/>
+      <c r="AE9" s="12"/>
+      <c r="AF9" s="12"/>
+      <c r="AG9" s="12"/>
+      <c r="AH9" s="12"/>
+      <c r="AI9" s="12"/>
+      <c r="AJ9" s="12"/>
+      <c r="AK9" s="12"/>
+      <c r="AL9" s="12"/>
+      <c r="AM9" s="12"/>
+      <c r="AN9" s="12"/>
+      <c r="AO9" s="12"/>
+      <c r="AP9" s="12"/>
+      <c r="AQ9" s="12"/>
+      <c r="AR9" s="12"/>
+      <c r="AS9" s="12"/>
+      <c r="AT9" s="12"/>
+      <c r="AU9" s="12"/>
+      <c r="AV9" s="12"/>
+      <c r="AW9" s="12"/>
+      <c r="AX9" s="12"/>
+      <c r="AY9" s="12"/>
+      <c r="AZ9" s="12"/>
+      <c r="BA9" s="12"/>
+      <c r="BB9" s="12"/>
+      <c r="BC9" s="12"/>
+      <c r="BD9" s="12"/>
+      <c r="BE9" s="12"/>
+      <c r="BF9" s="12"/>
+      <c r="BG9" s="12"/>
+      <c r="BH9" s="12"/>
+      <c r="BI9" s="12"/>
+      <c r="BJ9" s="12"/>
+      <c r="BK9" s="12"/>
+      <c r="BL9" s="12"/>
+      <c r="BM9" s="12"/>
+      <c r="BN9" s="12"/>
+      <c r="BO9" s="12"/>
     </row>
-    <row r="5" spans="1:67" ht="30" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...200 lines deleted...]
-        <v>17</v>
+    <row r="11" spans="1:67" x14ac:dyDescent="0.25">
+      <c r="D11" s="24" t="s">
+        <v>15</v>
+      </c>
+      <c r="F11" s="24"/>
+      <c r="G11" s="24"/>
+      <c r="H11" s="24"/>
+      <c r="I11" s="27">
+        <f>I9</f>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:67" x14ac:dyDescent="0.25">
-      <c r="A12" s="29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="A12" s="25"/>
     </row>
-    <row r="14" spans="1:67" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      </c>
+    <row r="13" spans="1:67" ht="42" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="31" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" s="32"/>
+      <c r="C13" s="32"/>
+      <c r="D13" s="32"/>
+      <c r="E13" s="32"/>
+      <c r="F13" s="32"/>
+      <c r="G13" s="32"/>
+      <c r="H13" s="32"/>
+      <c r="I13" s="32"/>
+    </row>
+    <row r="15" spans="1:67" ht="16.5" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="16" spans="1:67" ht="48.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="D16" s="33" t="s">
+        <v>17</v>
+      </c>
+      <c r="E16" s="33"/>
+      <c r="F16" s="33"/>
+      <c r="G16" s="33"/>
+      <c r="H16" s="34"/>
+      <c r="I16" s="35"/>
+    </row>
+    <row r="17" spans="1:67" x14ac:dyDescent="0.25">
+      <c r="D17" s="26"/>
+    </row>
+    <row r="18" spans="1:67" x14ac:dyDescent="0.25">
+      <c r="A18" s="25"/>
+      <c r="D18" s="26"/>
+    </row>
+    <row r="20" spans="1:67" x14ac:dyDescent="0.25">
+      <c r="J20" s="8"/>
+      <c r="K20" s="9"/>
+      <c r="M20" s="12"/>
+      <c r="N20" s="12"/>
+      <c r="R20" s="12"/>
+      <c r="S20" s="12"/>
+      <c r="T20" s="12"/>
+      <c r="U20" s="12"/>
+      <c r="V20" s="12"/>
+      <c r="W20" s="12"/>
+      <c r="X20" s="12"/>
+      <c r="Y20" s="12"/>
+      <c r="Z20" s="12"/>
+      <c r="AA20" s="12"/>
+      <c r="AB20" s="12"/>
+      <c r="AC20" s="12"/>
+      <c r="AD20" s="12"/>
+      <c r="AE20" s="12"/>
+      <c r="AF20" s="12"/>
+      <c r="AG20" s="12"/>
+      <c r="AH20" s="12"/>
+      <c r="AI20" s="12"/>
+      <c r="AJ20" s="12"/>
+      <c r="AK20" s="12"/>
+      <c r="AL20" s="12"/>
+      <c r="AM20" s="12"/>
+      <c r="AN20" s="12"/>
+      <c r="AO20" s="12"/>
+      <c r="AP20" s="12"/>
+      <c r="AQ20" s="12"/>
+      <c r="AR20" s="12"/>
+      <c r="AS20" s="12"/>
+      <c r="AT20" s="12"/>
+      <c r="AU20" s="12"/>
+      <c r="AV20" s="12"/>
+      <c r="AW20" s="12"/>
+      <c r="AX20" s="12"/>
+      <c r="AY20" s="12"/>
+      <c r="AZ20" s="12"/>
+      <c r="BA20" s="12"/>
+      <c r="BB20" s="12"/>
+      <c r="BC20" s="12"/>
+      <c r="BD20" s="12"/>
+      <c r="BE20" s="12"/>
+      <c r="BF20" s="12"/>
+      <c r="BG20" s="12"/>
+      <c r="BH20" s="12"/>
+      <c r="BI20" s="12"/>
+      <c r="BJ20" s="12"/>
+      <c r="BK20" s="12"/>
+      <c r="BL20" s="12"/>
+      <c r="BM20" s="12"/>
+      <c r="BN20" s="12"/>
+      <c r="BO20" s="12"/>
     </row>
   </sheetData>
-  <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
-  <mergeCells count="2">
+  <mergeCells count="5">
     <mergeCell ref="A1:I1"/>
-    <mergeCell ref="A8:H8"/>
+    <mergeCell ref="A3:I3"/>
+    <mergeCell ref="A5:I5"/>
+    <mergeCell ref="A13:I13"/>
+    <mergeCell ref="D16:H16"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
-  <pageMargins left="0.39374999999999999" right="0.39374999999999999" top="0.19652777777777777" bottom="0.51180555555555551" header="0.51180555555555551" footer="0.51180555555555551"/>
-[...4 lines deleted...]
-  </ignoredErrors>
+  <pageMargins left="0.39374999999999999" right="0.39374999999999999" top="0.196527777777778" bottom="0.51180555555555496" header="0.51180555555555496" footer="0.51180555555555496"/>
+  <pageSetup paperSize="9" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
+  <headerFooter>
+    <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;12&amp;K008000 C1 Données Internes</oddFooter>
+  </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template/>
+  <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Fréquentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>CAPELLE Elisa</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>DAUDIN Lucie</dc:creator>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:lastPrinted></cp:lastPrinted>
+  <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <dc:language>fr-FR</dc:language>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_SetDate">
+    <vt:lpwstr>2025-11-10T13:33:04Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_Name">
+    <vt:lpwstr>Donnée Interne</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_SiteId">
+    <vt:lpwstr>5d0b42b2-7ba0-42b9-bd88-2dd1558bd190</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_ActionId">
+    <vt:lpwstr>af584f55-294e-434e-bb8e-fae0bcd7bbb9</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>