--- v1 (2026-01-06)
+++ v2 (2026-02-14)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\DB\OLP\FREQUENTATION\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7B16F443-FAEF-41BA-BBDC-33F10876D593}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{2554D343-9886-4555-B526-D5C7D1A8401F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Fréquentation" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029" iterateDelta="1E-4"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
@@ -59,56 +59,50 @@
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="H9" i="1" l="1"/>
   <c r="G9" i="1"/>
   <c r="F9" i="1"/>
   <c r="E9" i="1"/>
   <c r="D9" i="1"/>
   <c r="C9" i="1"/>
   <c r="B9" i="1"/>
   <c r="I9" i="1" s="1"/>
   <c r="I11" i="1" s="1"/>
   <c r="I8" i="1"/>
   <c r="I7" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
     <t>Ce tableau n’est qu’une suggestion d’outil de comptage. Vous pouvez le modifier à votre convenance ou ne pas l'utiliser du tout.</t>
   </si>
   <si>
     <t>Le chiffre global de fréquentation sera à saisir dans une formulaire en ligne dont l'adresse sera communiquée ultérieurement.</t>
   </si>
   <si>
-    <t>COMPTAGE DE LA FREQUENTATION DE LA BIBLIOTHEQUE          Année  :  2025</t>
-[...4 lines deleted...]
-  <si>
     <t>Lundi</t>
   </si>
   <si>
     <t>Mardi</t>
   </si>
   <si>
     <t>Mercredi</t>
   </si>
   <si>
     <t>Jeudi</t>
   </si>
   <si>
     <t>Vendredi</t>
   </si>
   <si>
     <t>Samedi</t>
   </si>
   <si>
     <t>Dimanche</t>
   </si>
   <si>
     <t>TOTAL HEBDOMADAIRE</t>
   </si>
   <si>
     <r>
@@ -215,50 +209,56 @@
         <sz val="10"/>
         <rFont val="Marianne"/>
         <family val="3"/>
       </rPr>
       <t>complémentaire</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <rFont val="Marianne"/>
         <family val="3"/>
         <charset val="1"/>
       </rPr>
       <t xml:space="preserve"> à reporter dans le formulaire en ligne :
 nb d'heures d'ouverture "tous publics" </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Marianne"/>
         <family val="3"/>
       </rPr>
       <t>durant la semaine de comptage</t>
     </r>
+  </si>
+  <si>
+    <t>Semaine du XX-XX</t>
+  </si>
+  <si>
+    <t>COMPTAGE DE LA FREQUENTATION DE LA BIBLIOTHEQUE          Année  :  20XX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Marianne"/>
       <family val="3"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Marianne"/>
       <family val="3"/>
       <charset val="1"/>
     </font>
@@ -599,73 +599,73 @@
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF808000"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FFC0C0C0"/>
       <rgbColor rgb="FF808080"/>
@@ -1036,139 +1036,139 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:AMJ20"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection sqref="A1:I1"/>
+      <selection activeCell="A6" sqref="A6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="16" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.453125" style="1" customWidth="1"/>
     <col min="2" max="8" width="12.54296875" style="1" customWidth="1"/>
     <col min="9" max="9" width="17.453125" style="1" customWidth="1"/>
     <col min="10" max="29" width="10.1796875" style="1" customWidth="1"/>
     <col min="30" max="1024" width="11.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:67" x14ac:dyDescent="0.25">
-      <c r="A1" s="28" t="s">
-[...9 lines deleted...]
-      <c r="I1" s="28"/>
+      <c r="A1" s="29" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="29"/>
+      <c r="C1" s="29"/>
+      <c r="D1" s="29"/>
+      <c r="E1" s="29"/>
+      <c r="F1" s="29"/>
+      <c r="G1" s="29"/>
+      <c r="H1" s="29"/>
+      <c r="I1" s="29"/>
     </row>
     <row r="2" spans="1:67" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
     </row>
     <row r="3" spans="1:67" x14ac:dyDescent="0.25">
-      <c r="A3" s="29" t="s">
+      <c r="A3" s="30" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="29"/>
-[...6 lines deleted...]
-      <c r="I3" s="29"/>
+      <c r="B3" s="30"/>
+      <c r="C3" s="30"/>
+      <c r="D3" s="30"/>
+      <c r="E3" s="30"/>
+      <c r="F3" s="30"/>
+      <c r="G3" s="30"/>
+      <c r="H3" s="30"/>
+      <c r="I3" s="30"/>
     </row>
     <row r="5" spans="1:67" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="30" t="s">
-[...9 lines deleted...]
-      <c r="I5" s="30"/>
+      <c r="A5" s="31" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" s="31"/>
+      <c r="C5" s="31"/>
+      <c r="D5" s="31"/>
+      <c r="E5" s="31"/>
+      <c r="F5" s="31"/>
+      <c r="G5" s="31"/>
+      <c r="H5" s="31"/>
+      <c r="I5" s="31"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
     </row>
     <row r="6" spans="1:67" ht="32" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="C6" s="5" t="s">
         <v>3</v>
       </c>
-      <c r="B6" s="5" t="s">
+      <c r="D6" s="5" t="s">
         <v>4</v>
       </c>
-      <c r="C6" s="5" t="s">
+      <c r="E6" s="5" t="s">
         <v>5</v>
       </c>
-      <c r="D6" s="5" t="s">
+      <c r="F6" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="E6" s="5" t="s">
+      <c r="G6" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="F6" s="5" t="s">
+      <c r="H6" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="G6" s="6" t="s">
+      <c r="I6" s="7" t="s">
         <v>9</v>
-      </c>
-[...4 lines deleted...]
-        <v>11</v>
       </c>
       <c r="J6" s="8"/>
       <c r="K6" s="9"/>
       <c r="M6" s="10"/>
       <c r="N6" s="10"/>
       <c r="R6" s="11"/>
       <c r="S6" s="11"/>
       <c r="T6" s="11"/>
       <c r="U6" s="11"/>
       <c r="V6" s="11"/>
       <c r="W6" s="11"/>
       <c r="X6" s="11"/>
       <c r="Y6" s="11"/>
       <c r="Z6" s="11"/>
       <c r="AA6" s="10"/>
       <c r="AB6" s="10"/>
       <c r="AC6" s="10"/>
       <c r="AD6" s="12"/>
       <c r="AE6" s="12"/>
       <c r="AF6" s="12"/>
       <c r="AG6" s="12"/>
       <c r="AH6" s="12"/>
       <c r="AI6" s="12"/>
       <c r="AJ6" s="12"/>
       <c r="AK6" s="12"/>
@@ -1183,51 +1183,51 @@
       <c r="AT6" s="12"/>
       <c r="AU6" s="12"/>
       <c r="AV6" s="12"/>
       <c r="AW6" s="12"/>
       <c r="AX6" s="12"/>
       <c r="AY6" s="12"/>
       <c r="AZ6" s="12"/>
       <c r="BA6" s="12"/>
       <c r="BB6" s="12"/>
       <c r="BC6" s="12"/>
       <c r="BD6" s="12"/>
       <c r="BE6" s="12"/>
       <c r="BF6" s="12"/>
       <c r="BG6" s="12"/>
       <c r="BH6" s="12"/>
       <c r="BI6" s="12"/>
       <c r="BJ6" s="12"/>
       <c r="BK6" s="12"/>
       <c r="BL6" s="12"/>
       <c r="BM6" s="12"/>
       <c r="BN6" s="12"/>
       <c r="BO6" s="12"/>
     </row>
     <row r="7" spans="1:67" ht="32.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="13" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="B7" s="14">
         <v>0</v>
       </c>
       <c r="C7" s="14">
         <v>0</v>
       </c>
       <c r="D7" s="14">
         <v>0</v>
       </c>
       <c r="E7" s="14">
         <v>0</v>
       </c>
       <c r="F7" s="14">
         <v>0</v>
       </c>
       <c r="G7" s="15">
         <v>0</v>
       </c>
       <c r="H7" s="15">
         <v>0</v>
       </c>
       <c r="I7" s="16">
         <f>SUM(B7:H7)</f>
         <v>0</v>
@@ -1267,51 +1267,51 @@
       <c r="AT7" s="12"/>
       <c r="AU7" s="12"/>
       <c r="AV7" s="12"/>
       <c r="AW7" s="12"/>
       <c r="AX7" s="12"/>
       <c r="AY7" s="12"/>
       <c r="AZ7" s="12"/>
       <c r="BA7" s="12"/>
       <c r="BB7" s="12"/>
       <c r="BC7" s="12"/>
       <c r="BD7" s="12"/>
       <c r="BE7" s="12"/>
       <c r="BF7" s="12"/>
       <c r="BG7" s="12"/>
       <c r="BH7" s="12"/>
       <c r="BI7" s="12"/>
       <c r="BJ7" s="12"/>
       <c r="BK7" s="12"/>
       <c r="BL7" s="12"/>
       <c r="BM7" s="12"/>
       <c r="BN7" s="12"/>
       <c r="BO7" s="12"/>
     </row>
     <row r="8" spans="1:67" ht="32.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="17" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="B8" s="18">
         <v>0</v>
       </c>
       <c r="C8" s="18">
         <v>0</v>
       </c>
       <c r="D8" s="18">
         <v>0</v>
       </c>
       <c r="E8" s="18">
         <v>0</v>
       </c>
       <c r="F8" s="18">
         <v>0</v>
       </c>
       <c r="G8" s="19">
         <v>0</v>
       </c>
       <c r="H8" s="19">
         <v>0</v>
       </c>
       <c r="I8" s="20">
         <f>SUM(B8:H8)</f>
         <v>0</v>
@@ -1351,51 +1351,51 @@
       <c r="AT8" s="12"/>
       <c r="AU8" s="12"/>
       <c r="AV8" s="12"/>
       <c r="AW8" s="12"/>
       <c r="AX8" s="12"/>
       <c r="AY8" s="12"/>
       <c r="AZ8" s="12"/>
       <c r="BA8" s="12"/>
       <c r="BB8" s="12"/>
       <c r="BC8" s="12"/>
       <c r="BD8" s="12"/>
       <c r="BE8" s="12"/>
       <c r="BF8" s="12"/>
       <c r="BG8" s="12"/>
       <c r="BH8" s="12"/>
       <c r="BI8" s="12"/>
       <c r="BJ8" s="12"/>
       <c r="BK8" s="12"/>
       <c r="BL8" s="12"/>
       <c r="BM8" s="12"/>
       <c r="BN8" s="12"/>
       <c r="BO8" s="12"/>
     </row>
     <row r="9" spans="1:67" ht="32.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A9" s="21" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B9" s="22">
         <f t="shared" ref="B9:H9" si="0">SUM(B7:B8)</f>
         <v>0</v>
       </c>
       <c r="C9" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="D9" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="E9" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="F9" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="G9" s="22">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
@@ -1446,86 +1446,86 @@
       <c r="AT9" s="12"/>
       <c r="AU9" s="12"/>
       <c r="AV9" s="12"/>
       <c r="AW9" s="12"/>
       <c r="AX9" s="12"/>
       <c r="AY9" s="12"/>
       <c r="AZ9" s="12"/>
       <c r="BA9" s="12"/>
       <c r="BB9" s="12"/>
       <c r="BC9" s="12"/>
       <c r="BD9" s="12"/>
       <c r="BE9" s="12"/>
       <c r="BF9" s="12"/>
       <c r="BG9" s="12"/>
       <c r="BH9" s="12"/>
       <c r="BI9" s="12"/>
       <c r="BJ9" s="12"/>
       <c r="BK9" s="12"/>
       <c r="BL9" s="12"/>
       <c r="BM9" s="12"/>
       <c r="BN9" s="12"/>
       <c r="BO9" s="12"/>
     </row>
     <row r="11" spans="1:67" x14ac:dyDescent="0.25">
       <c r="D11" s="24" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F11" s="24"/>
       <c r="G11" s="24"/>
       <c r="H11" s="24"/>
       <c r="I11" s="27">
         <f>I9</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:67" x14ac:dyDescent="0.25">
       <c r="A12" s="25"/>
     </row>
     <row r="13" spans="1:67" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="31" t="s">
-[...9 lines deleted...]
-      <c r="I13" s="32"/>
+      <c r="A13" s="32" t="s">
+        <v>14</v>
+      </c>
+      <c r="B13" s="33"/>
+      <c r="C13" s="33"/>
+      <c r="D13" s="33"/>
+      <c r="E13" s="33"/>
+      <c r="F13" s="33"/>
+      <c r="G13" s="33"/>
+      <c r="H13" s="33"/>
+      <c r="I13" s="33"/>
     </row>
     <row r="15" spans="1:67" ht="16.5" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="16" spans="1:67" ht="48.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="D16" s="33" t="s">
-[...6 lines deleted...]
-      <c r="I16" s="35"/>
+      <c r="D16" s="34" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" s="34"/>
+      <c r="F16" s="34"/>
+      <c r="G16" s="34"/>
+      <c r="H16" s="35"/>
+      <c r="I16" s="28"/>
     </row>
     <row r="17" spans="1:67" x14ac:dyDescent="0.25">
       <c r="D17" s="26"/>
     </row>
     <row r="18" spans="1:67" x14ac:dyDescent="0.25">
       <c r="A18" s="25"/>
       <c r="D18" s="26"/>
     </row>
     <row r="20" spans="1:67" x14ac:dyDescent="0.25">
       <c r="J20" s="8"/>
       <c r="K20" s="9"/>
       <c r="M20" s="12"/>
       <c r="N20" s="12"/>
       <c r="R20" s="12"/>
       <c r="S20" s="12"/>
       <c r="T20" s="12"/>
       <c r="U20" s="12"/>
       <c r="V20" s="12"/>
       <c r="W20" s="12"/>
       <c r="X20" s="12"/>
       <c r="Y20" s="12"/>
       <c r="Z20" s="12"/>
       <c r="AA20" s="12"/>
       <c r="AB20" s="12"/>
       <c r="AC20" s="12"/>