--- v2 (2026-02-14)
+++ v3 (2026-03-14)
@@ -4,98 +4,98 @@
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\DB\OLP\FREQUENTATION\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Y:\DB\OLP\FREQUENTATION\Kit de comptage\Kit de comptage 2026\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{2554D343-9886-4555-B526-D5C7D1A8401F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6E8C7A16-E404-4615-9E8B-27B01E115812}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Fréquentation" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029" iterateDelta="1E-4"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:loext="http://schemas.libreoffice.org/" uri="{7626C862-2A13-11E5-B345-FEFF819CDC9F}">
       <loext:extCalcPr stringRefSyntax="ExcelA1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="H9" i="1" l="1"/>
   <c r="G9" i="1"/>
   <c r="F9" i="1"/>
   <c r="E9" i="1"/>
   <c r="D9" i="1"/>
   <c r="C9" i="1"/>
   <c r="B9" i="1"/>
-  <c r="I9" i="1" s="1"/>
-  <c r="I11" i="1" s="1"/>
   <c r="I8" i="1"/>
   <c r="I7" i="1"/>
+  <c r="I9" i="1" l="1"/>
+  <c r="I11" i="1" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="17" uniqueCount="17">
   <si>
     <t>Ce tableau n’est qu’une suggestion d’outil de comptage. Vous pouvez le modifier à votre convenance ou ne pas l'utiliser du tout.</t>
   </si>
   <si>
     <t>Le chiffre global de fréquentation sera à saisir dans une formulaire en ligne dont l'adresse sera communiquée ultérieurement.</t>
   </si>
   <si>
     <t>Lundi</t>
   </si>
   <si>
     <t>Mardi</t>
   </si>
   <si>
     <t>Mercredi</t>
   </si>
   <si>
     <t>Jeudi</t>
   </si>
   <si>
     <t>Vendredi</t>
   </si>
   <si>
     <t>Samedi</t>
   </si>
   <si>
@@ -177,198 +177,146 @@
 le comptage doit inclure les entrées </t>
     </r>
     <r>
       <rPr>
         <b/>
         <u/>
         <sz val="10"/>
         <color rgb="FFA02B93"/>
         <rFont val="Marianne"/>
         <family val="3"/>
       </rPr>
       <t xml:space="preserve">pendant et hors </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="10"/>
         <color rgb="FFA02B93"/>
         <rFont val="Marianne"/>
         <family val="3"/>
       </rPr>
       <t>des horaires d'ouverture "tous publics" de la bibliothèque.</t>
     </r>
   </si>
   <si>
-    <r>
-[...32 lines deleted...]
-  <si>
     <t>Semaine du XX-XX</t>
   </si>
   <si>
     <t>COMPTAGE DE LA FREQUENTATION DE LA BIBLIOTHEQUE          Année  :  20XX</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="11" x14ac:knownFonts="1">
+  <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <charset val="1"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Marianne"/>
       <family val="3"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Marianne"/>
       <family val="3"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Marianne"/>
       <family val="3"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FFA02B93"/>
       <name val="Marianne"/>
       <family val="3"/>
       <charset val="1"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Marianne"/>
       <family val="3"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFA02B93"/>
       <name val="Marianne"/>
       <family val="3"/>
     </font>
     <font>
-      <sz val="8"/>
-[...3 lines deleted...]
-    <font>
       <b/>
       <sz val="16"/>
       <color rgb="FFA02B93"/>
       <name val="Marianne"/>
       <family val="3"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="10"/>
       <color rgb="FFA02B93"/>
       <name val="Marianne"/>
       <family val="3"/>
     </font>
-    <font>
-[...5 lines deleted...]
-    </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFCAEEFB"/>
         <bgColor rgb="FFCCFFFF"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFD9F2D0"/>
         <bgColor rgb="FFCAEEFB"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
-        <bgColor rgb="FFCCFFFF"/>
-[...4 lines deleted...]
-        <fgColor rgb="FFFFFF00"/>
         <bgColor rgb="FFFFCC99"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="14">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color auto="1"/>
       </left>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
@@ -516,51 +464,51 @@
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="medium">
         <color auto="1"/>
       </top>
       <bottom style="medium">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="medium">
         <color auto="1"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="36">
+  <cellXfs count="33">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
@@ -596,75 +544,66 @@
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <indexedColors>
       <rgbColor rgb="FF000000"/>
       <rgbColor rgb="FFFFFFFF"/>
       <rgbColor rgb="FFFF0000"/>
       <rgbColor rgb="FF00FF00"/>
       <rgbColor rgb="FF0000FF"/>
       <rgbColor rgb="FFFFFF00"/>
       <rgbColor rgb="FFFF00FF"/>
       <rgbColor rgb="FF00FFFF"/>
       <rgbColor rgb="FF800000"/>
       <rgbColor rgb="FF008000"/>
       <rgbColor rgb="FF000080"/>
       <rgbColor rgb="FF808000"/>
       <rgbColor rgb="FF800080"/>
       <rgbColor rgb="FF008080"/>
       <rgbColor rgb="FFC0C0C0"/>
@@ -1033,118 +972,118 @@
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:AMJ20"/>
+  <dimension ref="A1:AMJ19"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="110" zoomScaleNormal="110" workbookViewId="0">
-      <selection activeCell="A6" sqref="A6"/>
+      <selection sqref="A1:I1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.453125" defaultRowHeight="16" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="30.453125" style="1" customWidth="1"/>
     <col min="2" max="8" width="12.54296875" style="1" customWidth="1"/>
     <col min="9" max="9" width="17.453125" style="1" customWidth="1"/>
     <col min="10" max="29" width="10.1796875" style="1" customWidth="1"/>
     <col min="30" max="1024" width="11.453125" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:67" x14ac:dyDescent="0.25">
-      <c r="A1" s="29" t="s">
-[...9 lines deleted...]
-      <c r="I1" s="29"/>
+      <c r="A1" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" s="28"/>
+      <c r="C1" s="28"/>
+      <c r="D1" s="28"/>
+      <c r="E1" s="28"/>
+      <c r="F1" s="28"/>
+      <c r="G1" s="28"/>
+      <c r="H1" s="28"/>
+      <c r="I1" s="28"/>
     </row>
     <row r="2" spans="1:67" x14ac:dyDescent="0.25">
       <c r="A2" s="2"/>
     </row>
     <row r="3" spans="1:67" x14ac:dyDescent="0.25">
-      <c r="A3" s="30" t="s">
+      <c r="A3" s="29" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="30"/>
-[...6 lines deleted...]
-      <c r="I3" s="30"/>
+      <c r="B3" s="29"/>
+      <c r="C3" s="29"/>
+      <c r="D3" s="29"/>
+      <c r="E3" s="29"/>
+      <c r="F3" s="29"/>
+      <c r="G3" s="29"/>
+      <c r="H3" s="29"/>
+      <c r="I3" s="29"/>
     </row>
     <row r="5" spans="1:67" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="31" t="s">
-[...9 lines deleted...]
-      <c r="I5" s="31"/>
+      <c r="A5" s="30" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" s="30"/>
+      <c r="C5" s="30"/>
+      <c r="D5" s="30"/>
+      <c r="E5" s="30"/>
+      <c r="F5" s="30"/>
+      <c r="G5" s="30"/>
+      <c r="H5" s="30"/>
+      <c r="I5" s="30"/>
       <c r="J5" s="3"/>
       <c r="K5" s="3"/>
       <c r="L5" s="3"/>
       <c r="M5" s="3"/>
       <c r="N5" s="3"/>
       <c r="O5" s="3"/>
       <c r="P5" s="3"/>
       <c r="Q5" s="3"/>
     </row>
     <row r="6" spans="1:67" ht="32" x14ac:dyDescent="0.25">
       <c r="A6" s="4" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>2</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>3</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>4</v>
       </c>
       <c r="E6" s="5" t="s">
         <v>5</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>6</v>
       </c>
       <c r="G6" s="6" t="s">
         <v>7</v>
       </c>
       <c r="H6" s="6" t="s">
         <v>8</v>
       </c>
       <c r="I6" s="7" t="s">
         <v>9</v>
       </c>
@@ -1460,143 +1399,131 @@
       <c r="BH9" s="12"/>
       <c r="BI9" s="12"/>
       <c r="BJ9" s="12"/>
       <c r="BK9" s="12"/>
       <c r="BL9" s="12"/>
       <c r="BM9" s="12"/>
       <c r="BN9" s="12"/>
       <c r="BO9" s="12"/>
     </row>
     <row r="11" spans="1:67" x14ac:dyDescent="0.25">
       <c r="D11" s="24" t="s">
         <v>13</v>
       </c>
       <c r="F11" s="24"/>
       <c r="G11" s="24"/>
       <c r="H11" s="24"/>
       <c r="I11" s="27">
         <f>I9</f>
         <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:67" x14ac:dyDescent="0.25">
       <c r="A12" s="25"/>
     </row>
     <row r="13" spans="1:67" ht="42" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="32" t="s">
+      <c r="A13" s="31" t="s">
         <v>14</v>
       </c>
-      <c r="B13" s="33"/>
-[...6 lines deleted...]
-      <c r="I13" s="33"/>
+      <c r="B13" s="32"/>
+      <c r="C13" s="32"/>
+      <c r="D13" s="32"/>
+      <c r="E13" s="32"/>
+      <c r="F13" s="32"/>
+      <c r="G13" s="32"/>
+      <c r="H13" s="32"/>
+      <c r="I13" s="32"/>
     </row>
-    <row r="15" spans="1:67" ht="16.5" thickBot="1" x14ac:dyDescent="0.3"/>
-[...8 lines deleted...]
-      <c r="I16" s="28"/>
+    <row r="16" spans="1:67" x14ac:dyDescent="0.25">
+      <c r="D16" s="26"/>
     </row>
     <row r="17" spans="1:67" x14ac:dyDescent="0.25">
+      <c r="A17" s="25"/>
       <c r="D17" s="26"/>
     </row>
-    <row r="18" spans="1:67" x14ac:dyDescent="0.25">
-[...57 lines deleted...]
-      <c r="BO20" s="12"/>
+    <row r="19" spans="1:67" x14ac:dyDescent="0.25">
+      <c r="J19" s="8"/>
+      <c r="K19" s="9"/>
+      <c r="M19" s="12"/>
+      <c r="N19" s="12"/>
+      <c r="R19" s="12"/>
+      <c r="S19" s="12"/>
+      <c r="T19" s="12"/>
+      <c r="U19" s="12"/>
+      <c r="V19" s="12"/>
+      <c r="W19" s="12"/>
+      <c r="X19" s="12"/>
+      <c r="Y19" s="12"/>
+      <c r="Z19" s="12"/>
+      <c r="AA19" s="12"/>
+      <c r="AB19" s="12"/>
+      <c r="AC19" s="12"/>
+      <c r="AD19" s="12"/>
+      <c r="AE19" s="12"/>
+      <c r="AF19" s="12"/>
+      <c r="AG19" s="12"/>
+      <c r="AH19" s="12"/>
+      <c r="AI19" s="12"/>
+      <c r="AJ19" s="12"/>
+      <c r="AK19" s="12"/>
+      <c r="AL19" s="12"/>
+      <c r="AM19" s="12"/>
+      <c r="AN19" s="12"/>
+      <c r="AO19" s="12"/>
+      <c r="AP19" s="12"/>
+      <c r="AQ19" s="12"/>
+      <c r="AR19" s="12"/>
+      <c r="AS19" s="12"/>
+      <c r="AT19" s="12"/>
+      <c r="AU19" s="12"/>
+      <c r="AV19" s="12"/>
+      <c r="AW19" s="12"/>
+      <c r="AX19" s="12"/>
+      <c r="AY19" s="12"/>
+      <c r="AZ19" s="12"/>
+      <c r="BA19" s="12"/>
+      <c r="BB19" s="12"/>
+      <c r="BC19" s="12"/>
+      <c r="BD19" s="12"/>
+      <c r="BE19" s="12"/>
+      <c r="BF19" s="12"/>
+      <c r="BG19" s="12"/>
+      <c r="BH19" s="12"/>
+      <c r="BI19" s="12"/>
+      <c r="BJ19" s="12"/>
+      <c r="BK19" s="12"/>
+      <c r="BL19" s="12"/>
+      <c r="BM19" s="12"/>
+      <c r="BN19" s="12"/>
+      <c r="BO19" s="12"/>
     </row>
   </sheetData>
-  <mergeCells count="5">
+  <mergeCells count="4">
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A3:I3"/>
     <mergeCell ref="A5:I5"/>
     <mergeCell ref="A13:I13"/>
-    <mergeCell ref="D16:H16"/>
   </mergeCells>
   <printOptions horizontalCentered="1" verticalCentered="1"/>
   <pageMargins left="0.39374999999999999" right="0.39374999999999999" top="0.196527777777778" bottom="0.51180555555555496" header="0.51180555555555496" footer="0.51180555555555496"/>
   <pageSetup paperSize="9" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;C_x000D_&amp;1#&amp;"Calibri"&amp;12&amp;K008000 C1 Données Internes</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>