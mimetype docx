--- v0 (2025-11-04)
+++ v1 (2026-02-14)
@@ -1,140 +1,167 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="0B5BD13F" w14:textId="77777777" w:rsidR="00107945" w:rsidRDefault="00107945">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C770AC4" w14:textId="77777777" w:rsidR="00107945" w:rsidRDefault="00107945">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5DE4F9D6" w14:textId="77777777" w:rsidR="00107945" w:rsidRDefault="00107945">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="337CA893" w14:textId="77777777" w:rsidR="00107945" w:rsidRDefault="00107945">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="505BDE27" w14:textId="77777777" w:rsidR="00107945" w:rsidRDefault="009643A7">
+    <w:p w14:paraId="505BDE27" w14:textId="2E49AE73" w:rsidR="00107945" w:rsidRDefault="009643A7">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
-        <w:t>Le ministère de la Culture lance l’opération nationale</w:t>
+        <w:t xml:space="preserve">Le ministère de la Culture </w:t>
+      </w:r>
+      <w:r w:rsidR="001814AE">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+        </w:rPr>
+        <w:t>renouvelle</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l’opération nationale</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F665455" w14:textId="77777777" w:rsidR="00107945" w:rsidRDefault="009643A7">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
         <w:t>« Les bibliothèques comptent ! »</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14C47309" w14:textId="4CA34BF1" w:rsidR="009643A7" w:rsidRDefault="009643A7">
+    <w:p w14:paraId="14C47309" w14:textId="3ED601C8" w:rsidR="009643A7" w:rsidRDefault="009643A7">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="56"/>
           <w:szCs w:val="56"/>
         </w:rPr>
-        <w:t>Du 17 au 23 novembre</w:t>
+        <w:t xml:space="preserve">Du </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1F86">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="56"/>
+          <w:szCs w:val="56"/>
+        </w:rPr>
+        <w:t>23 au 29 mars</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43BE3CBC" w14:textId="77777777" w:rsidR="00107945" w:rsidRDefault="00107945">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="742CDBE0" w14:textId="77777777" w:rsidR="00107945" w:rsidRDefault="00107945">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="77FC0992" w14:textId="77777777" w:rsidR="00107945" w:rsidRDefault="009643A7">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
@@ -185,66 +212,75 @@
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B082725" w14:textId="77777777" w:rsidR="00107945" w:rsidRDefault="00107945">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22D268B8" w14:textId="77777777" w:rsidR="00107945" w:rsidRDefault="00107945">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D08301C" w14:textId="77777777" w:rsidR="00107945" w:rsidRDefault="009643A7">
+    <w:p w14:paraId="7D08301C" w14:textId="48678F58" w:rsidR="00107945" w:rsidRDefault="009643A7">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="CD0067"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Du 17 au 23 novembre</w:t>
+        <w:t xml:space="preserve">Du </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC1F86">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="CD0067"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>23 au 29 mars</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>, toutes les bibliothèques, médiathèques et points de lecture sont invités à compter leur public.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E2A9723" w14:textId="77777777" w:rsidR="00107945" w:rsidRDefault="009643A7">
       <w:pPr>
         <w:pStyle w:val="Corpsdetexte"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
@@ -348,51 +384,53 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="CD0067"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Nous comptons sur vous !</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D53FE6E" w14:textId="77777777" w:rsidR="00107945" w:rsidRDefault="00107945">
       <w:pPr>
         <w:pStyle w:val="Infos3"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00107945">
       <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360" w:charSpace="4096"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5AC59E25" w14:textId="77777777" w:rsidR="009643A7" w:rsidRDefault="009643A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="37C18445" w14:textId="77777777" w:rsidR="009643A7" w:rsidRDefault="009643A7">
       <w:pPr>
@@ -428,83 +466,345 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Gras">
     <w:panose1 w:val="020B0704020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Liberation Sans">
     <w:altName w:val="Arial"/>
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Microsoft YaHei">
-    <w:panose1 w:val="00000000000000000000"/>
+    <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6D37F27D" w14:textId="77777777" w:rsidR="00107945" w:rsidRDefault="009643A7">
+  <w:p w14:paraId="5F836C43" w14:textId="479C3AED" w:rsidR="00D62483" w:rsidRDefault="00D62483">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F8D6958" wp14:editId="0BAF22F5">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="1287145" cy="391160"/>
+              <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="2113854324" name="Zone de texte 2" descr="C1 Données Internes">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1287145" cy="391160"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="43F85985" w14:textId="298F1909" w:rsidR="00D62483" w:rsidRPr="00D62483" w:rsidRDefault="00D62483" w:rsidP="00D62483">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="008000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00D62483">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="008000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>C1 Données Internes</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="4F8D6958" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Zone de texte 2" o:spid="_x0000_s1026" type="#_x0000_t202" alt="C1 Données Internes" style="position:absolute;margin-left:0;margin-top:0;width:101.35pt;height:30.8pt;z-index:251659264;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnM6vGDgIAAB0EAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2xna9cacYqsRYYB&#10;QVsgHXpWZCk2IIsCpcTOfv0oJW7abqdhF/mZpPjx+DS7GTrD9gp9C7bixSTnTFkJdWu3Ff/5tPx0&#10;xZkPwtbCgFUVPyjPb+YfP8x6V6opNGBqhYySWF/2ruJNCK7MMi8b1Qk/AacsOTVgJwL94jarUfSU&#10;vTPZNM8vsx6wdghSeU/Wu6OTz1N+rZUMD1p7FZipOPUW0onp3MQzm89EuUXhmlae2hD/0EUnWktF&#10;X1LdiSDYDts/UnWtRPCgw0RCl4HWrVRpBpqmyN9Ns26EU2kWIse7F5r8/0sr7/dr94gsDN9goAVG&#10;QnrnS0/GOM+gsYtf6pSRnyg8vNCmhsBkvDS9+lp8ueBMku/zdVFcJl6z822HPnxX0LEIKo60lsSW&#10;2K98oIoUOobEYhaWrTFpNca+MVBgtGTnFiMKw2Zgbf2q/Q3UB5oK4bhw7+SypdIr4cOjQNowDUKq&#10;DQ90aAN9xeGEOGsAf/3NHuOJePJy1pNiKm5J0pyZH5YWEsU1AhzBJoHiOr/IyW933S2QDgt6Ek4m&#10;SFYMZoQaoXsmPS9iIXIJK6lcxTcjvA1H6dJ7kGqxSEGkIyfCyq6djKkjXZHLp+FZoDsRHmhV9zDK&#10;SZTveD/GxpveLXaB2E9LidQeiTwxThpMuzq9lyjy1/8p6vyq578BAAD//wMAUEsDBBQABgAIAAAA&#10;IQDYjB+I2wAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvBf/DMkJvdWOkaUmzkSL0&#10;ZCmovfS27o5JNDsbshON/75bL/Yy8HiP974plqNrxRn70HhSMJ8lIJCMtw1VCr53H0+vIAJrsrr1&#10;hAquGGBZTh4KnVt/oQ2et1yJWEIh1wpq5i6XMpganQ4z3yFF7+B7pznKvpK215dY7lqZJkkmnW4o&#10;LtS6w1WN5rQdnILnDX8OX7Rb/Izp9bjuVmZxWBulHqfj+xsIxpHvYfjDj+hQRqa9H8gG0SqIj/Dt&#10;Ri9N0hcQewXZPANZFvI/fPkLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5zOrxg4CAAAd&#10;BAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA2IwfiNsA&#10;AAAEAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAHAF&#10;AAAAAA==&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="43F85985" w14:textId="298F1909" w:rsidR="00D62483" w:rsidRPr="00D62483" w:rsidRDefault="00D62483" w:rsidP="00D62483">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="008000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00D62483">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="008000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>C1 Données Internes</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6D37F27D" w14:textId="2F3EBA41" w:rsidR="00107945" w:rsidRDefault="009643A7">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Ministère de la Culture</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6B41889A" w14:textId="14008003" w:rsidR="00D62483" w:rsidRDefault="00D62483">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="723B9E78" wp14:editId="556E2B2A">
+              <wp:simplePos x="635" y="635"/>
+              <wp:positionH relativeFrom="page">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:align>bottom</wp:align>
+              </wp:positionV>
+              <wp:extent cx="1287145" cy="391160"/>
+              <wp:effectExtent l="0" t="0" r="8255" b="0"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1158608723" name="Zone de texte 1" descr="C1 Données Internes">
+                <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:ext uri="{5AE41FA2-C0FF-4470-9BD4-5FADCA87CBE2}">
+                    <aclsh:classification xmlns:aclsh="http://schemas.microsoft.com/office/drawing/2020/classificationShape" classificationOutcomeType="ftr"/>
+                  </a:ext>
+                </a:extLst>
+              </wp:docPr>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="1287145" cy="391160"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln>
+                        <a:noFill/>
+                      </a:ln>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="5CCFAE59" w14:textId="266079E1" w:rsidR="00D62483" w:rsidRPr="00D62483" w:rsidRDefault="00D62483" w:rsidP="00D62483">
+                          <w:pPr>
+                            <w:spacing w:after="0"/>
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="008000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00D62483">
+                            <w:rPr>
+                              <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                              <w:noProof/>
+                              <w:color w:val="008000"/>
+                              <w:sz w:val="24"/>
+                              <w:szCs w:val="24"/>
+                            </w:rPr>
+                            <w:t>C1 Données Internes</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="190500" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                      <a:prstTxWarp prst="textNoShape">
+                        <a:avLst/>
+                      </a:prstTxWarp>
+                      <a:spAutoFit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="723B9E78" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Zone de texte 1" o:spid="_x0000_s1027" type="#_x0000_t202" alt="C1 Données Internes" style="position:absolute;margin-left:0;margin-top:0;width:101.35pt;height:30.8pt;z-index:251658240;visibility:visible;mso-wrap-style:none;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:page;mso-position-vertical:bottom;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBO+XBzCwIAABYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X2xna9cacYqsRYYB&#10;QVsgHXqWZSk2IImCpMTOfv0oxU62bqdhF/mZpPjx+LS4G7QiB+F8B6aixSynRBgOTWd2Ff3+sv5w&#10;Q4kPzDRMgREVPQpP75bv3y16W4o5tKAa4QgmMb7sbUXbEGyZZZ63QjM/AysMOiU4zQL+ul3WONZj&#10;dq2yeZ5fZz24xjrgwnu0PpycdJnySyl4eJLSi0BURbG3kE6Xzjqe2XLByp1jtu342Ab7hy406wwW&#10;Pad6YIGRvev+SKU77sCDDDMOOgMpOy7SDDhNkb+ZZtsyK9IsSI63Z5r8/0vLHw9b++xIGL7AgAuM&#10;hPTWlx6NcZ5BOh2/2ClBP1J4PNMmhkB4vDS/+Vx8uqKEo+/jbVFcJ16zy23rfPgqQJMIKupwLYkt&#10;dtj4gBUxdAqJxQysO6XSapT5zYCB0ZJdWowoDPUw9l1Dc8RxHJw27S1fd1hzw3x4Zg5XixOgXMMT&#10;HlJBX1EYESUtuB9/s8d4ZBy9lPQolYoa1DIl6pvBTURVTcBNoE6guM2vcvSbvb4HFGCBb8HyBNHq&#10;gpqgdKBfUcirWAhdzHAsV9F6gvfhpFl8CFysVikIBWRZ2Jit5TF15CmS+DK8MmdHpgPu6BEmHbHy&#10;DeGn2HjT29U+IO1pG5HTE5Ej1Si+tKTxoUR1//qfoi7PefkTAAD//wMAUEsDBBQABgAIAAAAIQDY&#10;jB+I2wAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Ba8JAEIXvBf/DMkJvdWOkaUmzkSL0ZCmo&#10;vfS27o5JNDsbshON/75bL/Yy8HiP974plqNrxRn70HhSMJ8lIJCMtw1VCr53H0+vIAJrsrr1hAqu&#10;GGBZTh4KnVt/oQ2et1yJWEIh1wpq5i6XMpganQ4z3yFF7+B7pznKvpK215dY7lqZJkkmnW4oLtS6&#10;w1WN5rQdnILnDX8OX7Rb/Izp9bjuVmZxWBulHqfj+xsIxpHvYfjDj+hQRqa9H8gG0SqIj/DtRi9N&#10;0hcQewXZPANZFvI/fPkLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAA&#10;CwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEATvlwcwsCAAAWBAAA&#10;DgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA2IwfiNsAAAAE&#10;AQAADwAAAAAAAAAAAAAAAABlBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAG0FAAAA&#10;AA==&#10;" filled="f" stroked="f">
+              <v:fill o:detectmouseclick="t"/>
+              <v:textbox style="mso-fit-shape-to-text:t" inset="0,0,0,15pt">
+                <w:txbxContent>
+                  <w:p w14:paraId="5CCFAE59" w14:textId="266079E1" w:rsidR="00D62483" w:rsidRPr="00D62483" w:rsidRDefault="00D62483" w:rsidP="00D62483">
+                    <w:pPr>
+                      <w:spacing w:after="0"/>
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="008000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r w:rsidRPr="00D62483">
+                      <w:rPr>
+                        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                        <w:noProof/>
+                        <w:color w:val="008000"/>
+                        <w:sz w:val="24"/>
+                        <w:szCs w:val="24"/>
+                      </w:rPr>
+                      <w:t>C1 Données Internes</w:t>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap anchorx="page" anchory="page"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6685BECF" w14:textId="77777777" w:rsidR="009643A7" w:rsidRDefault="009643A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7F6E339D" w14:textId="77777777" w:rsidR="009643A7" w:rsidRDefault="009643A7">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
@@ -573,94 +873,102 @@
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00107945"/>
+    <w:rsid w:val="00067EA4"/>
     <w:rsid w:val="00107945"/>
+    <w:rsid w:val="001814AE"/>
     <w:rsid w:val="00413060"/>
+    <w:rsid w:val="004B3766"/>
     <w:rsid w:val="009643A7"/>
+    <w:rsid w:val="00AC1F86"/>
+    <w:rsid w:val="00D62483"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5C6B9C98"/>
   <w15:docId w15:val="{A3907B0A-5AD4-4A17-95FA-AF833F4643F5}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
@@ -1238,51 +1546,50 @@
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:color w:val="000000" w:themeColor="text1"/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titre1Car">
     <w:name w:val="Titre 1 Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Titre1"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00BF0DD3"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="LienInternet">
     <w:name w:val="Lien Internet"/>
     <w:rPr>
       <w:color w:val="000080"/>
       <w:u w:val="single"/>
-      <w:lang/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titre">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Corpsdetexte"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Sans" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans" w:cs="Arial Unicode MS"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Corpsdetexte">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CorpsdetexteCar"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00BF0DD3"/>
     <w:pPr>
@@ -1454,51 +1761,51 @@
     <w:basedOn w:val="TableauNormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00BF0DD3"/>
     <w:rPr>
       <w:lang w:val="en-US"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -1727,54 +2034,108 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>49</Words>
-  <Characters>271</Characters>
+  <Words>48</Words>
+  <Characters>269</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Titre</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company>Ministère de la Culture</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>319</CharactersWithSpaces>
+  <CharactersWithSpaces>316</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>CAPELLE Elisa</dc:creator>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>fr-FR</dc:language>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ClassificationContentMarkingFooterShapeIds">
+    <vt:lpwstr>450ef753,7dfedb74,31f44c7e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ClassificationContentMarkingFooterFontProps">
+    <vt:lpwstr>#008000,12,Calibri</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ClassificationContentMarkingFooterText">
+    <vt:lpwstr>C1 Données Internes</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_SetDate">
+    <vt:lpwstr>2026-02-12T12:52:31Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_Name">
+    <vt:lpwstr>Donnée Interne</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_SiteId">
+    <vt:lpwstr>5d0b42b2-7ba0-42b9-bd88-2dd1558bd190</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_ActionId">
+    <vt:lpwstr>5d1f0e27-638d-4533-8860-a0fef221736a</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_ContentBits">
+    <vt:lpwstr>2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>