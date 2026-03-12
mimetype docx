--- v0 (2025-10-18)
+++ v1 (2026-03-12)
@@ -9,6093 +9,16067 @@
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="29367B2E" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRDefault="00807439" w:rsidP="00432E2B">
-[...1 lines deleted...]
-        <w:spacing w:after="0"/>
+    <w:p w14:paraId="4605CDE2" w14:textId="4A7E0269" w:rsidR="00DF4DFC" w:rsidRDefault="00DF4DFC" w:rsidP="47A9FDD5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708" w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22828FEE" wp14:editId="4CDE94D9">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28CA74D5" wp14:editId="7E48205E">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>-2540</wp:posOffset>
+              <wp:posOffset>3456305</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="margin">
-              <wp:posOffset>-189230</wp:posOffset>
+              <wp:posOffset>160655</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2292985" cy="767080"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="2296160" cy="767715"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
-            <wp:docPr id="3" name="Image 3"/>
+            <wp:docPr id="1" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="Logo RGE_QUADRI + BL noir"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2292985" cy="767080"/>
+                      <a:ext cx="2296160" cy="767715"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="2A20659C" w14:textId="77777777" w:rsidR="00807439" w:rsidRDefault="00807439" w:rsidP="00BB4ACC">
+      <w:r w:rsidR="009F45F3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="007D1465">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0B8AF6F8" wp14:editId="6D314D1A">
+            <wp:extent cx="1168400" cy="1047750"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="9" name="Image 9"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Image 3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1168400" cy="1047750"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:solidFill>
+                      <a:srgbClr val="FFFFFF"/>
+                    </a:solidFill>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00764ECA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00764ECA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00764ECA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="221D497F" w14:textId="21352AAF" w:rsidR="00DF4DFC" w:rsidRDefault="00DF4DFC" w:rsidP="00764ECA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5409C54D" w14:textId="33C7DD68" w:rsidR="00200F65" w:rsidRPr="00841371" w:rsidRDefault="00764ECA" w:rsidP="00764ECA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="-284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15E30539" w14:textId="0FB34A41" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00417CD3" w:rsidP="00841371">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4267C431" wp14:editId="74DB6251">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1373505</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>61595</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3429000" cy="1028700"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:wrapNone/>
+                <wp:docPr id="4" name="Zone de texte 4"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3429000" cy="1028700"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:noFill/>
+                        <a:ln>
+                          <a:noFill/>
+                        </a:ln>
+                        <a:extLst>
+                          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                              <a:solidFill>
+                                <a:srgbClr val="FFFFFF"/>
+                              </a:solidFill>
+                            </a14:hiddenFill>
+                          </a:ext>
+                          <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                            <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="000000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a14:hiddenLine>
+                          </a:ext>
+                        </a:extLst>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="03809421" w14:textId="77777777" w:rsidR="00764ECA" w:rsidRDefault="00841371" w:rsidP="00841371">
+                            <w:pPr>
+                              <w:spacing w:line="168" w:lineRule="auto"/>
+                              <w:ind w:left="709" w:hanging="709"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
+                                <w:color w:val="1F497D"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
+                                <w:b/>
+                                <w:color w:val="1F497D"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                              </w:rPr>
+                              <w:t>Dossier</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
+                                <w:color w:val="1F497D"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> de</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0EF37382" w14:textId="6F1E9680" w:rsidR="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+                            <w:pPr>
+                              <w:spacing w:line="168" w:lineRule="auto"/>
+                              <w:ind w:left="709" w:hanging="709"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
+                                <w:color w:val="1F497D"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
+                                <w:b/>
+                                <w:color w:val="1F497D"/>
+                                <w:sz w:val="72"/>
+                                <w:szCs w:val="72"/>
+                              </w:rPr>
+                              <w:t>subvention</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2CA3073D" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00AD67C7" w:rsidRDefault="00841371" w:rsidP="00841371">
+                            <w:pPr>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="page">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="page">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shapetype w14:anchorId="4267C431" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Zone de texte 4" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:108.15pt;margin-top:4.85pt;width:270pt;height:81pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCOTY1U3gEAAKIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu1DAQfUfiHyy/s7mw0DbabFVaFSGV&#10;i1T4AMexE4vEY8beTZavZ+xstwu8IV4sz4xzZs6Zk831PA5sr9AbsDUvVjlnykpoje1q/u3r/atL&#10;znwQthUDWFXzg/L8evvyxWZylSqhh6FVyAjE+mpyNe9DcFWWedmrUfgVOGWpqAFHESjELmtRTIQ+&#10;DlmZ52+zCbB1CFJ5T9m7pci3CV9rJcNnrb0KbKg5zRbSiels4pltN6LqULjeyOMY4h+mGIWx1PQE&#10;dSeCYDs0f0GNRiJ40GElYcxAayNV4kBsivwPNo+9cCpxIXG8O8nk/x+s/LR/dF+QhfkdzLTARMK7&#10;B5DfPbNw2wvbqRtEmHolWmpcRMmyyfnq+GmU2lc+gjTTR2hpyWIXIAHNGseoCvFkhE4LOJxEV3Ng&#10;kpKv1+VVnlNJUq3Iy8sLCmIPUT197tCH9wpGFi81R9pqghf7Bx+Wp09PYjcL92YY0mYH+1uCMGMm&#10;jR8nXmYPczPT60ijgfZARBAWo5Cx6dID/uRsIpPU3P/YCVScDR8siXFVrNfRVSlYv7koKcDzSnNe&#10;EVYSVM0DZ8v1NixO3Dk0XU+dFvkt3JCA2iRqz1Md5yYjJHGOpo1OO4/Tq+dfa/sLAAD//wMAUEsD&#10;BBQABgAIAAAAIQA+c7Gc3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUjs&#10;qJ1CGxriVAjEtoi+JHZuPE0i4nEUu034+05XsLy6R3fO5MvRteKMfWg8aUgmCgRS6W1DlYbt5uPh&#10;GUSIhqxpPaGGXwywLG5vcpNZP9AXntexEjxCITMa6hi7TMpQ1uhMmPgOibuj752JHPtK2t4MPO5a&#10;OVVqLp1piC/UpsO3Gsuf9clp2K2O3/sn9Vm9u1k3+FFJcgup9f3d+PoCIuIY/2C46rM6FOx08Cey&#10;QbQapsn8kVENixQE9+nsmg8MpkkKssjl/w+KCwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCOTY1U3gEAAKIDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQA+c7Gc3QAAAAkBAAAPAAAAAAAAAAAAAAAAADgEAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAQgUAAAAA&#10;" filled="f" stroked="f">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="03809421" w14:textId="77777777" w:rsidR="00764ECA" w:rsidRDefault="00841371" w:rsidP="00841371">
+                      <w:pPr>
+                        <w:spacing w:line="168" w:lineRule="auto"/>
+                        <w:ind w:left="709" w:hanging="709"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
+                          <w:color w:val="1F497D"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
+                          <w:b/>
+                          <w:color w:val="1F497D"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                        </w:rPr>
+                        <w:t>Dossier</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
+                          <w:color w:val="1F497D"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> de</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0EF37382" w14:textId="6F1E9680" w:rsidR="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+                      <w:pPr>
+                        <w:spacing w:line="168" w:lineRule="auto"/>
+                        <w:ind w:left="709" w:hanging="709"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
+                          <w:color w:val="1F497D"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black" w:cs="Arial"/>
+                          <w:b/>
+                          <w:color w:val="1F497D"/>
+                          <w:sz w:val="72"/>
+                          <w:szCs w:val="72"/>
+                        </w:rPr>
+                        <w:t>subvention</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2CA3073D" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00AD67C7" w:rsidRDefault="00841371" w:rsidP="00841371">
+                      <w:pPr>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="414C24EA" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CB61A51" w14:textId="77777777" w:rsidR="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="37E6D99B" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="00BB4ACC">
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7097913C" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="00841371">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="2E36D12C" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="006976FD" w:rsidP="00BB4ACC">
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30A99DE3" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="00841371">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial Black" w:hAnsi="Arial Black"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
-[...20 lines deleted...]
-    <w:p w14:paraId="71A9BAA4" w14:textId="5CC2423B" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="320D43F8" w:rsidP="320D43F8">
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C90D8E7" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRPr="00841371" w:rsidRDefault="00417CD3" w:rsidP="00841371">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="711C963A" w14:textId="77777777" w:rsidR="00200F65" w:rsidRPr="00200F65" w:rsidRDefault="00200F65" w:rsidP="00841371">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4900BB34" w14:textId="48B82049" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>AIDE AUX RÉSIDENCES D</w:t>
+      </w:r>
+      <w:r w:rsidR="003729DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>E CRÉATION LITTÉRAIRE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C1A9321" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="628B3FA3" w14:textId="299BEBAB" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ANNÉE </w:t>
+      </w:r>
+      <w:r w:rsidR="007A698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="004C39A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13154A93" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42B65EB2" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="00432E2B" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>(Dossier à compléter impérativement en version informatique – les documents manuscrits ne seront pas instruits)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32DAB4A2" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="10206"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Nom de la structure porteuse du projet :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42D60BEE" w14:textId="77777777" w:rsidR="003729DF" w:rsidRDefault="003729DF" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="10206"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="275BF5E0" w14:textId="2CC11E79" w:rsidR="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="10206"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nom de </w:t>
+      </w:r>
+      <w:r w:rsidR="003729DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">la personne accueillie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en résidence : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="505B319D" w14:textId="558B4613" w:rsidR="003729DF" w:rsidRPr="00841371" w:rsidRDefault="003729DF" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="10206"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40EC00C0" w14:textId="77777777" w:rsidR="003729DF" w:rsidRDefault="00841371" w:rsidP="003729DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="10206"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Intitulé du projet :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B7995C" w14:textId="062E7FDD" w:rsidR="00841371" w:rsidRDefault="003729DF" w:rsidP="003729DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="10206"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E68666E" w14:textId="77777777" w:rsidR="003729DF" w:rsidRPr="00841371" w:rsidRDefault="003729DF" w:rsidP="003729DF">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="10206"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="658346A5" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="10190"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="214"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk222824090"/>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Dates limites du dépôt des dossiers</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="783A1B41" w14:textId="5DACBAD6" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00AE00F4" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="10190"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="214"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>28</w:t>
+      </w:r>
+      <w:r w:rsidR="00841371" w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>février</w:t>
+      </w:r>
+      <w:r w:rsidR="00841371" w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="004C39A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68347B5B" w14:textId="46889B07" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00AE00F4" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="10190"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="214"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00841371" w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>mai</w:t>
+      </w:r>
+      <w:r w:rsidR="00841371" w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="004C39A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39EBC930" w14:textId="01B03BFB" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00AE00F4" w:rsidP="00D5619D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="10190"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="214"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidR="00841371" w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> octobre </w:t>
+      </w:r>
+      <w:r w:rsidR="007A698E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="004C39A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25921839" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="10190"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70B7F7C1" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ENVOI DU DOSSIER ET DES ANNEXES PAR VOIE DÉMATERIALISÉE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CA89807" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4ADD3A8E" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00417CD3" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="00841371" w:rsidRPr="00841371">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="fr-FR"/>
+          </w:rPr>
+          <w:t>livre@grandest.fr</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00841371" w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="241C36A6" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00417CD3" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidR="00841371" w:rsidRPr="00841371">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="fr-FR"/>
+          </w:rPr>
+          <w:t>demarches.livre.lecture.drac.grandest@culture.gouv.fr</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00841371" w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696948B5" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07172FC2" w14:textId="278CD30D" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Objet du courriel </w:t>
+      </w:r>
+      <w:r w:rsidR="003729DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>: RESIDENCE CREATION</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>-[ANNEE]-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:softHyphen/>
+        <w:t>[NOM STRUCTURE]</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w14:paraId="1F8FDD73" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D2F528D" w14:textId="6DDB9914" w:rsidR="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1C8C9465" w14:textId="77777777" w:rsidR="00900A0F" w:rsidRPr="00841371" w:rsidRDefault="00900A0F" w:rsidP="00841371">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B7ED9E4" w14:textId="6AE67E2A" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00FC048D" w:rsidP="009A5B66">
+      <w:pPr>
+        <w:keepNext/>
+        <w:pageBreakBefore/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000080"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000080"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000080"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000080"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91"/>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA739D">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="1F4E79" w:themeColor="accent1" w:themeShade="80"/>
-[...7 lines deleted...]
-      <w:pPr>
+          <w:iCs/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidR="00841371" w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5619D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Partie réservée à </w:t>
+      </w:r>
+      <w:r w:rsidR="00841371" w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>la structure d’accueil</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C79E49B" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="center"/>
-[...54 lines deleted...]
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF9900"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CDFF62F" w14:textId="33DEE71D" w:rsidR="003729DF" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Raison sociale : </w:t>
+      </w:r>
+      <w:r w:rsidR="003729DF" w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08F1172D" w14:textId="1E2D01E4" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nature juridique de la structure : </w:t>
+      </w:r>
+      <w:r w:rsidR="003729DF" w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2412D18C" w14:textId="1B25C580" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Objet de l’organisme : </w:t>
+      </w:r>
+      <w:r w:rsidR="003729DF" w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00FDA42E" w14:textId="61BB362B" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5954"/>
+          <w:tab w:val="left" w:pos="6096"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date de création de la structure : </w:t>
+      </w:r>
+      <w:r w:rsidR="003729DF" w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D9034A8" w14:textId="0DC766E4" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3402"/>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Code NAF : </w:t>
+      </w:r>
+      <w:r w:rsidR="003729DF" w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4040D07F" w14:textId="14FB3AF7" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3402"/>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N° SIRET ou SIREN : </w:t>
+      </w:r>
+      <w:r w:rsidR="003729DF" w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="579ED4DC" w14:textId="77777777" w:rsidR="003729DF" w:rsidRDefault="00841371" w:rsidP="003729DF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Adresse du siège social (obligatoirement en région Grand Est) :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003729DF" w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E7C3B90" w14:textId="768E995F" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="003729DF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Adresse de correspondance (si différente)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06BEDE96" w14:textId="77777777" w:rsidR="003729DF" w:rsidRDefault="003729DF" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3402"/>
+          <w:tab w:val="left" w:pos="4111"/>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D2A880C" w14:textId="39117804" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3402"/>
+          <w:tab w:val="left" w:pos="4111"/>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Site internet : </w:t>
+      </w:r>
+      <w:r w:rsidR="003729DF" w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73B22593" w14:textId="26B5D7F3" w:rsidR="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3402"/>
+          <w:tab w:val="left" w:pos="4111"/>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Réseau</w:t>
+      </w:r>
+      <w:r w:rsidR="003729DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> sociaux : </w:t>
+      </w:r>
+      <w:r w:rsidR="003729DF" w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="145863DA" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3402"/>
+          <w:tab w:val="left" w:pos="4111"/>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...150 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10065" w:type="dxa"/>
+        <w:tblW w:w="9639" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="70" w:type="dxa"/>
           <w:right w:w="70" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1702"/>
-        <w:gridCol w:w="2835"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="4110"/>
+        <w:gridCol w:w="3827"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005B3C92" w:rsidRPr="005B3C92" w14:paraId="5D8A2EB0" w14:textId="77777777" w:rsidTr="00E27E94">
+      <w:tr w:rsidR="00841371" w:rsidRPr="00841371" w14:paraId="1884B970" w14:textId="77777777" w:rsidTr="003A2E64">
         <w:trPr>
-          <w:trHeight w:val="450"/>
+          <w:trHeight w:val="645"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5922C0DA" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
+          <w:p w14:paraId="1DFB67F5" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-                <w:highlight w:val="yellow"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="254D5871" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
-[...14 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2346BA73" w14:textId="1C75E7F1" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="00957D83" w:rsidP="00E27E94">
+          <w:p w14:paraId="50CFD99A" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00841371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>Auteur/autrice</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+              <w:t>Représentant légal</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B6B879F" w14:textId="1C23CC52" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="00957D83">
+          <w:p w14:paraId="50DBBA3E" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B3C92">
+            <w:r w:rsidRPr="00841371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>Illustrateur</w:t>
-[...50 lines deleted...]
-              <w:t>diteur/éditrice</w:t>
+              <w:t>Personne chargée du dossier</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B3C92" w:rsidRPr="005B3C92" w14:paraId="123BF347" w14:textId="77777777" w:rsidTr="00BB4ACC">
+      <w:tr w:rsidR="00841371" w:rsidRPr="00841371" w14:paraId="4BEF19C1" w14:textId="77777777" w:rsidTr="002353E1">
         <w:trPr>
-          <w:trHeight w:val="482"/>
+          <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="192E0AFA" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
+          <w:p w14:paraId="36CABA28" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B3C92">
+            <w:r w:rsidRPr="00841371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>Nom</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+              <w:t>Fonction</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1667E806" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
+          <w:p w14:paraId="1A545A6A" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B3C92">
-[...12 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2B3CE16F" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
+          <w:p w14:paraId="311D4BBB" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B3C92">
-[...52 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00957D83" w:rsidRPr="005B3C92" w14:paraId="306CD6A9" w14:textId="77777777" w:rsidTr="00BB4ACC">
+      <w:tr w:rsidR="00841371" w:rsidRPr="00841371" w14:paraId="6395BAB2" w14:textId="77777777" w:rsidTr="002353E1">
         <w:trPr>
-          <w:trHeight w:val="482"/>
+          <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42BE56D2" w14:textId="75DDC8EF" w:rsidR="00957D83" w:rsidRPr="005B3C92" w:rsidRDefault="00957D83" w:rsidP="005B3C92">
+          <w:p w14:paraId="2EBBCC45" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00841371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-              <w:t>Prénom</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+              <w:t>Nom et prénom</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1B158B1C" w14:textId="77777777" w:rsidR="00957D83" w:rsidRPr="005B3C92" w:rsidRDefault="00957D83" w:rsidP="005B3C92">
+          <w:p w14:paraId="75982DA8" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...3 lines deleted...]
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:r w:rsidRPr="00841371">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="24867C54" w14:textId="77777777" w:rsidR="00957D83" w:rsidRPr="005B3C92" w:rsidRDefault="00957D83" w:rsidP="005B3C92">
+          <w:p w14:paraId="6A1C87E1" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-              <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-          </w:p>
-[...16 lines deleted...]
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+            <w:r w:rsidRPr="00841371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
-            </w:pPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B3C92" w:rsidRPr="005B3C92" w14:paraId="000BBDB1" w14:textId="77777777" w:rsidTr="005B3C92">
+      <w:tr w:rsidR="00841371" w:rsidRPr="00841371" w14:paraId="448AF8DD" w14:textId="77777777" w:rsidTr="002353E1">
         <w:trPr>
-          <w:trHeight w:val="569"/>
+          <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20F09AC0" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
+          <w:p w14:paraId="02283774" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B3C92">
+            <w:r w:rsidRPr="00841371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Numéro de téléphone fixe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="496D74D1" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
+          <w:p w14:paraId="5BE4091F" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B3C92">
+            <w:r w:rsidRPr="00841371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="07275131" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
+          <w:p w14:paraId="563EDC01" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B3C92">
-[...41 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B3C92" w:rsidRPr="005B3C92" w14:paraId="50005D96" w14:textId="77777777" w:rsidTr="005B3C92">
+      <w:tr w:rsidR="00841371" w:rsidRPr="00841371" w14:paraId="5B763E83" w14:textId="77777777" w:rsidTr="002353E1">
         <w:trPr>
-          <w:trHeight w:val="563"/>
+          <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D78DE48" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
+          <w:p w14:paraId="227A22B5" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B3C92">
+            <w:r w:rsidRPr="00841371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t>Numéro de tél. portable</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="00F445BB" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
+          <w:p w14:paraId="42924D39" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="3623C251" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
+          <w:p w14:paraId="01A96AE3" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...23 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005B3C92" w:rsidRPr="005B3C92" w14:paraId="76573828" w14:textId="77777777" w:rsidTr="00BB4ACC">
+      <w:tr w:rsidR="00841371" w:rsidRPr="00841371" w14:paraId="28322E3C" w14:textId="77777777" w:rsidTr="002353E1">
         <w:trPr>
-          <w:trHeight w:val="478"/>
+          <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1702" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39132DF7" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
+          <w:p w14:paraId="6248FC55" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B3C92">
+            <w:r w:rsidRPr="00841371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t xml:space="preserve">Courriel </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="4110" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2FD73AD7" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
+          <w:p w14:paraId="25053EE5" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B3C92">
+            <w:r w:rsidRPr="00841371">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcW w:w="3827" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:noWrap/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF92956" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
+          <w:p w14:paraId="554A8DE3" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="fr-FR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005B3C92">
-[...41 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0B124DAC" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="00BB4ACC" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="28247570" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3402"/>
+          <w:tab w:val="left" w:pos="4111"/>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...43 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DFA5E21" w14:textId="0AF134BB" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="09ADC300">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nombre de salariés de </w:t>
+      </w:r>
+      <w:r w:rsidR="004D44BC" w:rsidRPr="09ADC300">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>la structure</w:t>
+      </w:r>
+      <w:r w:rsidRPr="09ADC300">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (en équivalent</w:t>
+      </w:r>
+      <w:r w:rsidR="004D44BC" w:rsidRPr="09ADC300">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="09ADC300">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> temps plein) : </w:t>
+      </w:r>
+      <w:r w:rsidR="003729DF" w:rsidRPr="09ADC300">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DDBA9B8" w14:textId="337BEEF4" w:rsidR="003729DF" w:rsidRDefault="08051E92" w:rsidP="19A5F910">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Si différent de ci-dessus, prénom, nom et contact de la personne référente pendant la résidence : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59001A09" w14:textId="387EC9C5" w:rsidR="003729DF" w:rsidRDefault="003729DF" w:rsidP="19A5F910">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="59012794" w14:textId="292A5B5F" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Présentation des activités de la structure :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37E0BA33" w14:textId="1B8D5C0D" w:rsidR="003729DF" w:rsidRDefault="003729DF" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19110FCE" w14:textId="3D20F538" w:rsidR="003729DF" w:rsidRDefault="003729DF" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F053A66" w14:textId="5CD39B63" w:rsidR="003729DF" w:rsidRDefault="003729DF" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CFD0E64" w14:textId="28D433A1" w:rsidR="00F1150A" w:rsidRDefault="00F1150A" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39716A7E" w14:textId="3229CE8A" w:rsidR="00F1150A" w:rsidRDefault="00F1150A" w:rsidP="00F1150A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Avez-vous déjà bénéficié d’une subvention </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">régionale pour une résidence ? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F0F2662" w14:textId="77777777" w:rsidR="00F1150A" w:rsidRPr="00841371" w:rsidRDefault="00F1150A" w:rsidP="00F1150A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oui </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> non</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="134069CD" w14:textId="77777777" w:rsidR="00F1150A" w:rsidRDefault="00F1150A" w:rsidP="00F1150A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Si oui, pré</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ciser l’année et le montant : </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>…………………………………………………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FCD7E41" w14:textId="53D8F69A" w:rsidR="00417CD3" w:rsidRDefault="00417CD3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45795DB1" w14:textId="77777777" w:rsidR="00F1150A" w:rsidRDefault="00F1150A" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7F802BA1" w14:textId="2B2A40BE" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00200F65">
+      <w:pPr>
+        <w:keepNext/>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="000080"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="000080"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000080"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="000080"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91"/>
+        <w:spacing w:before="120" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="360"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FFFFFF"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:iCs/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:iCs/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00D5619D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Partie réservée à </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA61DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a personne </w:t>
+      </w:r>
+      <w:r w:rsidR="00D5619D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>accueilli</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA61DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7316CED3" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="008F4E6D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4614307F" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00841371" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Nom</w:t>
+      </w:r>
+      <w:r w:rsidR="004D44BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t> Prénom</w:t>
+      </w:r>
+      <w:r w:rsidR="008F4E6D" w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidR="008F4E6D" w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA61DD" w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58931217" w14:textId="0B00FF9D" w:rsidR="00CA61DD" w:rsidRDefault="009A5B66" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Nom d’usage</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3D14">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>pseudonyme/n</w:t>
+      </w:r>
+      <w:r w:rsidR="008C3D14" w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>om de plume</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA61DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidR="008E0C20">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA61DD" w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7727B0D2" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00841371" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Date de naissance : </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA61DD" w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F951712" w14:textId="0811AF8D" w:rsidR="00CA61DD" w:rsidRDefault="00841371" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adresse </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA61DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>/ Code postal / Ville</w:t>
+      </w:r>
+      <w:r w:rsidR="008F4E6D" w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+      <w:r w:rsidR="008F4E6D" w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA61DD" w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2A84C7" w14:textId="2CC53950" w:rsidR="00CA61DD" w:rsidRDefault="00841371" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Site internet </w:t>
+      </w:r>
+      <w:r w:rsidR="004D44BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ou réseaux sociaux : </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA61DD" w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="253478DF" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36C435FC" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="00957D83" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Votre activité </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00957D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00957D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>auteur.trice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00957D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> est-elle votre activité principale ? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2057CB35" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="00BE3C3E" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">oui </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="631B6EBE" w14:textId="709AEBB7" w:rsidR="00CA61DD" w:rsidRPr="00BE3C3E" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="47A9FDD5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="320D43F8" w:rsidRPr="320D43F8">
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="47A9FDD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>non / précisez votre activité principale</w:t>
+      </w:r>
+      <w:r w:rsidR="1D67879B" w:rsidRPr="47A9FDD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="47A9FDD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E745B99" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="00BE3C3E" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Salarié.e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40EAB7A0" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="00BE3C3E" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Intermittent.e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> du spectacle </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07935410" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="00BE3C3E" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Profession libérale/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>artisan.e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>commerçant.e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A0CA29C" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="00BE3C3E" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Retraité.e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11C70860" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="00BE3C3E" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Demandeur.se d’emploi </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B990C37" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="00BE3C3E" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Étudiant.e</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="59765C71" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="00613B5D" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Autre :</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14116AFC" w14:textId="7B2DDB9B" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00200F65">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:pos="10773"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Montant de vos revenus nets de l’année N-1 : </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA61DD" w:rsidRPr="00BE3C3E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39190CF2" w14:textId="77777777" w:rsidR="00900A0F" w:rsidRDefault="00900A0F" w:rsidP="00D5619D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67B1B1ED" w14:textId="6DFCB9EE" w:rsidR="00CA61DD" w:rsidRDefault="00D5619D" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00864C86">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">En cas de demande de versement de l’aide directement à l’auteur, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA61DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>et seulement dans ce cas de figure</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA61DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00864C86">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA61DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2703C4DD" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="00957D83" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>Statut</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A41E1D" w14:textId="3AEC59D0" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pour bénéficier d’une aide à la </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">résidence de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">création littéraire, vous devez être enregistré en tant qu’artiste-auteur. Consultez ce site pour plus d’informations : </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15">
+        <w:r w:rsidRPr="320D43F8">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:i/>
+            <w:iCs/>
+          </w:rPr>
+          <w:t>https://www.artistes-auteurs.urssaf.fr</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7124117A" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="002155A4" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Cochez la case</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002155A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> correspondant à votre situation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FBF7873" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="320D43F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="320D43F8" w:rsidRPr="320D43F8">
+        </w:rPr>
+        <w:t>□ Vous êtes artiste-auteur et vous avez choisi de déclarer vos droits d’auteurs en « traitements et salaires » auprès des impôts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F7C8275" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Cela signifie qu’en cas d’avis favorable, la Région Grand Est, en tant que diffuseur, précomptera vos cotisations et contributions sociales et les versera pour vous à l’Urssaf.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26A5A290" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00762D0B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B5A42E8" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="320D43F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ Vous êtes artiste-auteur et vous avez choisi de déclarer vos droits d’auteurs en « BNC » auprès des impôts. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10C59AE5" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...2 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Cela signifie qu’en cas d’avis favorable, vous devrez réaliser vous-même toutes vos déclarations et paiements de cotisations et contributions sociales à l’Urssaf en ligne.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="320D43F8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="320D43F8" w:rsidRPr="320D43F8">
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07D40A27" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Merci de joindre votre attestation de dispense de précompte (remise par l’Urssaf) au présent dossier. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C962E2A" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="587603B5" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>N° de SIRET _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="427919BC" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="320D43F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>N° de Sécurité Sociale _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AA358A7" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00841371">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="615A1573" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="00CA61DD">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00762D0B">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45C37C46" w14:textId="36832CCA" w:rsidR="00CA61DD" w:rsidRPr="00957D83" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...2 lines deleted...]
-        <w:t>202</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00957D83">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Votre parcours :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1932FAE1" w14:textId="53CF51D2" w:rsidR="009B63FC" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Au cours de ces deux dernières années</w:t>
+      </w:r>
+      <w:r w:rsidR="009B63FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7783539B" w14:textId="4D9D1C7E" w:rsidR="00CA61DD" w:rsidRPr="008905D7" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="47A9FDD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Avez-vous obtenu un prix et/ou une récompense littéraire</w:t>
+      </w:r>
+      <w:r w:rsidR="1A4D184B" w:rsidRPr="47A9FDD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="47A9FDD5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="042B5AC5" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="008905D7" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Oui / le(s)quel(s) ? ______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E45FBFB" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="008905D7" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DE07971" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="008905D7" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="179FB2CE" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="008905D7" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Avez-vous bénéficié d’une bourse d’écriture ou de traduction ? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="649B38A3" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="008905D7" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Oui </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31D8C113" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="008905D7" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6373B30B" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="008905D7" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68A88F3A" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="008905D7" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Si oui, merci de préciser pour quel ouvrage, sa date de parution, son éditeur, le type de bourse et l’organisme financeur (Centre National du Livre, fondation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>, Région</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>...) : ________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="258B82EE" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="008905D7" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="742ABCA6" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="008905D7" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Avez-vous déjà bénéficié d’une résidence </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>d’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>auteur.trice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2694247E" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="008905D7" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...5 lines deleted...]
-    <w:p w14:paraId="60F61370" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Oui </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C48B6BD" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="008905D7" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="5B54ACF7" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="00BB4ACC" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Non </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C9736A5" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="008905D7" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40182472" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="00BE3C3E" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...13 lines deleted...]
-    <w:p w14:paraId="5A7C748B" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="005B3C92" w:rsidRDefault="005B3C92" w:rsidP="005B3C92">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Si oui, merci de préciser quelle résidence, la période et l’organisme financeur : ________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="793AEE58" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64D6AA5D" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="00DA739D" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA739D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Aides publiques obtenues durant les deux dernières années (N-1 et N)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A52B07E" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="00DA739D" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
       <w:pPr>
         <w:spacing w:after="0"/>
-        <w:jc w:val="center"/>
-[...46 lines deleted...]
-      </w:r>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA739D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(Indiquer le projet, l’organisme, la date d’attribution, le type d’aide et le montant)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71498B2A" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D6CCFB5" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42691990" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="00DA739D" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA739D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Autres demandes d’aide publique en cours sur l’année de la demande (N) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="550675BD" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRPr="00DA739D" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DA739D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(Indiquer le projet, l’organisme, le type d’aide et le montant sollicité)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73DFB7FC" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:after="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________________________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79047CD6" w14:textId="57F5D556" w:rsidR="00417CD3" w:rsidRDefault="00417CD3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">: </w:t>
-[...7 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4E003391" w14:textId="1E217913" w:rsidR="320D43F8" w:rsidRDefault="320D43F8" w:rsidP="320D43F8">
-[...7 lines deleted...]
-    <w:p w14:paraId="4F30D87C" w14:textId="77777777" w:rsidR="00957D83" w:rsidRPr="00DA739D" w:rsidRDefault="00957D83" w:rsidP="00957D83">
+    <w:p w14:paraId="0D06280D" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="3402"/>
+          <w:tab w:val="left" w:pos="4111"/>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C360BF6" w14:textId="7BF2DBF8" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000080"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000080"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000080"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000080"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="365F91"/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FFFFFF"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00DA739D">
+      <w:r w:rsidRPr="00841371">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00DA739D">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00DA739D">
+      <w:r w:rsidRPr="00841371">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Renseignements concernant le demandeur</w:t>
-[...78 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t>Renseignements concernant le projet</w:t>
+      </w:r>
+      <w:r w:rsidR="0078032B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...75 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (à compléter conj</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA61DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ointement par la structure et la personne accueillie en résidence</w:t>
+      </w:r>
+      <w:r w:rsidR="0078032B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:i/>
           <w:iCs/>
-        </w:rPr>
-[...33 lines deleted...]
-        <w:spacing w:after="0"/>
+          <w:color w:val="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0075BDB4" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30FBF589" w14:textId="71B8F617" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...47 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Dates prévues pour la résidence :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA61DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C9E8C08" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="008F4E6D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FFB53FE" w14:textId="535C7281" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="008F4E6D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Synthèse de la </w:t>
+      </w:r>
+      <w:r w:rsidR="004D44BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>démarche globale et d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>es objectifs du proje</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA61DD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">t de résidence élaboré entre la </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>structure et l’artiste + localisation :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="527AC601" w14:textId="3AF50BE8" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="000A5079">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42519260" w14:textId="3ABF2853" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="008F4E6D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Synthèse du projet de création littéraire porté par l’artiste :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E695014" w14:textId="71A67642" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="6CB67CA0" w:rsidP="008F4E6D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Projet littéraire </w:t>
+      </w:r>
+      <w:r w:rsidR="00841371" w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>: □ fiction □ essai □ poésie □ illustration □ traduction □ BD □ autre (préciser)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B0AE3A3" w14:textId="65D698C6" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5349A51E" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="008F4E6D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D9CE1E4" w14:textId="7BCBC4CB" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="008F4E6D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4820"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Synthèse du programme d’actions culturelles et pédagogiques :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B505606" w14:textId="74AFDE6F" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="186DD157" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00841371">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="16A3D43A" w14:textId="6401141F" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Synthèse des moyens matériels mis à disposition :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26117BBB" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4804B58C" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09CFE1A3" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00841371">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35E5DA3E" w14:textId="77B58583" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Motivations du projet au regard du territoire dans lequel il s’inscrit :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="070FE530" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0785A6EB" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="0071028C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="65AB76A9" w14:textId="07D8140B" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="0071028C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Partenariats envisagés :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D612C56" w14:textId="19F547DB" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="751A5082" w14:textId="77777777" w:rsidR="00CA61DD" w:rsidRDefault="00CA61DD" w:rsidP="00841371">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4919A3BD" w14:textId="7429025E" w:rsidR="000A5079" w:rsidRPr="000A5079" w:rsidRDefault="00841371" w:rsidP="000A5079">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication envisagée : </w:t>
+      </w:r>
+      <w:r w:rsidR="000A5079" w:rsidRPr="000A5079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13FE259C" w14:textId="77777777" w:rsidR="000A5079" w:rsidRDefault="000A5079" w:rsidP="000A5079">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4028C405" w14:textId="66EA3733" w:rsidR="002C3E3F" w:rsidRPr="000A5079" w:rsidRDefault="002C3E3F" w:rsidP="000A5079">
+      <w:pPr>
+        <w:keepNext/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20E75FEB" w14:textId="11E87F29" w:rsidR="002C3E3F" w:rsidRDefault="002C3E3F" w:rsidP="00CA61DD">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Prise en compte des questions liées au développement durable dans le cadre du projet de résidence</w:t>
+      </w:r>
+      <w:r w:rsidR="008C1E08">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00613B5D" w:rsidRPr="00BE3C3E">
-[...399 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="709F31BC" w14:textId="2643DF80" w:rsidR="00966F8B" w:rsidRPr="00966F8B" w:rsidRDefault="00966F8B" w:rsidP="00966F8B">
-[...402 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="17F58633" w14:textId="77777777" w:rsidR="000A5079" w:rsidRDefault="000A5079" w:rsidP="000A5079">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008905D7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-          <w:b/>
-[...289 lines deleted...]
-    <w:p w14:paraId="66264810" w14:textId="77777777" w:rsidR="008905D7" w:rsidRDefault="008905D7" w:rsidP="000B0979">
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="329C88A0" w14:textId="77777777" w:rsidR="00D7278B" w:rsidRPr="000A5079" w:rsidRDefault="00D7278B" w:rsidP="00CA61DD">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-        </w:rPr>
-[...70 lines deleted...]
-        <w:pStyle w:val="Titre2"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08DEA267" w14:textId="161E4B50" w:rsidR="00F441A2" w:rsidRPr="00F441A2" w:rsidRDefault="00FC048D" w:rsidP="0071028C">
+      <w:pPr>
+        <w:keepNext/>
+        <w:pageBreakBefore/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000080"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000080"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000080"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000080"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="365F91"/>
-        <w:ind w:hanging="360"/>
-        <w:rPr>
+        <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="357"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="FFFFFF"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DA739D">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
           <w:color w:val="FFFFFF"/>
-        </w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidR="000B0979">
-[...1 lines deleted...]
-          <w:i w:val="0"/>
+      <w:r w:rsidR="00F441A2" w:rsidRPr="00F441A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="FFFFFF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Coût prévisionnel du projet </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77AD97A9" w14:textId="0FB0804C" w:rsidR="00DC535B" w:rsidRPr="000A5079" w:rsidRDefault="00DC535B" w:rsidP="19A5F910">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000A5079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Cocher</w:t>
+      </w:r>
+      <w:r w:rsidR="04DC9BED" w:rsidRPr="000A5079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> impérativement</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000A5079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la case correspondant au montage envisagé</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59A034F7" w14:textId="7ADEE4DE" w:rsidR="00DC535B" w:rsidRDefault="00DC535B" w:rsidP="19A5F910">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">□ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Interlocuteur unique</w:t>
+      </w:r>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="4637B6BB" w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00355448" w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> la structure est seule réceptrice de la subvention </w:t>
+      </w:r>
+      <w:r w:rsidR="338825B1" w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>et verse</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC048D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ra</w:t>
+      </w:r>
+      <w:r w:rsidR="338825B1" w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> les droits d’auteurs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000B0979" w:rsidRPr="007F4497">
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidR="00FC048D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>à la personne accueillie</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="363CB2AE" w14:textId="5A2C3478" w:rsidR="476EA202" w:rsidRDefault="476EA202" w:rsidP="19A5F910">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>□ Deux interlocuteurs</w:t>
+      </w:r>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="480016B5" w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>l’</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>auteur</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC048D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.trice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> reçoit directement l</w:t>
+      </w:r>
+      <w:r w:rsidR="42247915" w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’aide </w:t>
+      </w:r>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>sous forme de droits d’auteur </w:t>
+      </w:r>
+      <w:r w:rsidR="00FC048D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">par la région et/ou la DRAC, </w:t>
+      </w:r>
+      <w:r w:rsidR="5F9D359B" w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>et la structure peut bénéficier d’une aide pour les frais d’organisation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A687E27" w14:textId="0162CC61" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+      <w:pPr>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9187" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2580"/>
+        <w:gridCol w:w="2130"/>
+        <w:gridCol w:w="2235"/>
+        <w:gridCol w:w="2242"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DC535B" w:rsidRPr="006D4E95" w14:paraId="69E72AB6" w14:textId="77777777" w:rsidTr="19A5F910">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="558840B5" w14:textId="77777777" w:rsidR="00DC535B" w:rsidRPr="006D4E95" w:rsidRDefault="00DC535B" w:rsidP="00FF13BF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4E95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Coûts</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="67274DF9" w14:textId="77777777" w:rsidR="00DC535B" w:rsidRPr="006D4E95" w:rsidRDefault="00DC535B" w:rsidP="00FF13BF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4E95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Montants prévisionnels HT</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="09E5AC4E" w14:textId="77777777" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="19A5F910">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Recettes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2242" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BC4DAA7" w14:textId="77777777" w:rsidR="46297DA1" w:rsidRDefault="46297DA1" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="19A5F910">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Montants prévisionnels HT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4CDEB5E4" w14:textId="5A4D9FB3" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC535B" w:rsidRPr="00841371" w14:paraId="4F9589F5" w14:textId="77777777" w:rsidTr="19A5F910">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B9C5A70" w14:textId="77777777" w:rsidR="00F1150A" w:rsidRDefault="00DC535B" w:rsidP="00900A0F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rémunération de l’auteur </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="54EEFD46" w14:textId="5BA67326" w:rsidR="00DC535B" w:rsidRPr="00841371" w:rsidRDefault="00355448" w:rsidP="00900A0F">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F1150A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>(forfait de 2 400 € bruts par mois de résidence)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F775219" w14:textId="77777777" w:rsidR="00DC535B" w:rsidRPr="00841371" w:rsidRDefault="00DC535B" w:rsidP="00FF13BF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE5DF3C" w14:textId="6C4CADE1" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="19A5F910">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Aide DRAC-Région sollicitée pour l</w:t>
+            </w:r>
+            <w:r w:rsidR="19B727B6" w:rsidRPr="19A5F910">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>es droits d’</w:t>
+            </w:r>
+            <w:r w:rsidRPr="19A5F910">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">auteur </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61D158E7" w14:textId="4E6EB85D" w:rsidR="739E226C" w:rsidRDefault="739E226C" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="19A5F910">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>(forfait de 2 400 € bruts par mois de résidence)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2242" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="16D759FE" w14:textId="78768353" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC535B" w:rsidRPr="00841371" w14:paraId="6833C3D9" w14:textId="77777777" w:rsidTr="19A5F910">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B4B460E" w14:textId="77777777" w:rsidR="00F1150A" w:rsidRDefault="00DC535B" w:rsidP="00FF13BF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frais d’accueil de l’auteur </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36DA6607" w14:textId="5846482A" w:rsidR="00DC535B" w:rsidRPr="00841371" w:rsidRDefault="00DC535B" w:rsidP="00FF13BF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F1150A">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>(déplacement, hébergement, alimentation…)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7388F534" w14:textId="77777777" w:rsidR="00DC535B" w:rsidRPr="00841371" w:rsidRDefault="00DC535B" w:rsidP="00FF13BF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="224895EE" w14:textId="77777777" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="19A5F910">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Subvention DRAC-Région sollicitée pour la structure </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="018D5536" w14:textId="63842ED8" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="19A5F910">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(aide plafonnée à 400 € par mois de </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="19A5F910">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>résidence)°</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2242" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B4D1B3F" w14:textId="12FDA968" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="19A5F910" w14:paraId="7C40BA20" w14:textId="77777777" w:rsidTr="19A5F910">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="301557E2" w14:textId="5234E157" w:rsidR="0E6F60F6" w:rsidRDefault="0E6F60F6" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="19A5F910">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Frais liés au volet médiation</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="28CFA225" w14:textId="3BB5C24B" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="74D8B05A" w14:textId="24E261AD" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="36FD43EE" w14:textId="77777777" w:rsidR="7327360C" w:rsidRDefault="7327360C" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="19A5F910">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Autofinancement</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="445AC5AF" w14:textId="48AE769E" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2242" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="785AD8FA" w14:textId="70D8017B" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC535B" w:rsidRPr="00841371" w14:paraId="31E6EBA8" w14:textId="77777777" w:rsidTr="19A5F910">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="24ED54B1" w14:textId="77777777" w:rsidR="00DC535B" w:rsidRPr="00841371" w:rsidRDefault="00DC535B" w:rsidP="00FF13BF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Communication</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FD6E39E" w14:textId="77777777" w:rsidR="00DC535B" w:rsidRPr="00841371" w:rsidRDefault="00DC535B" w:rsidP="00FF13BF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="701A43EF" w14:textId="77777777" w:rsidR="0B8748AA" w:rsidRDefault="0B8748AA" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="19A5F910">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t>Autres partenaires financiers (détailler)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70D6FCF7" w14:textId="00BC77B3" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2242" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F71C988" w14:textId="50B8F967" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC535B" w:rsidRPr="00841371" w14:paraId="7CA92881" w14:textId="77777777" w:rsidTr="19A5F910">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="02EB5BE9" w14:textId="77777777" w:rsidR="00DC535B" w:rsidRDefault="00DC535B" w:rsidP="00FF13BF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autres </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A319EE3" w14:textId="77777777" w:rsidR="00DC535B" w:rsidRPr="00841371" w:rsidRDefault="00DC535B" w:rsidP="00FF13BF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D46B28B" w14:textId="5CEFD31D" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2242" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F919819" w14:textId="11977DA3" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DC535B" w:rsidRPr="006D4E95" w14:paraId="6E010212" w14:textId="77777777" w:rsidTr="19A5F910">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2580" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0083DCFF" w14:textId="77777777" w:rsidR="00DC535B" w:rsidRPr="006D4E95" w:rsidRDefault="00DC535B" w:rsidP="00FF13BF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006D4E95">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2130" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC1C720" w14:textId="77777777" w:rsidR="00DC535B" w:rsidRPr="006D4E95" w:rsidRDefault="00DC535B" w:rsidP="00FF13BF">
+            <w:pPr>
+              <w:autoSpaceDE w:val="0"/>
+              <w:autoSpaceDN w:val="0"/>
+              <w:adjustRightInd w:val="0"/>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2235" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C4287D" w14:textId="77777777" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="19A5F910">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2242" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="163FD150" w14:textId="4850C13C" w:rsidR="19A5F910" w:rsidRDefault="19A5F910" w:rsidP="19A5F910">
+            <w:pPr>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:eastAsia="fr-FR"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2EF4F3EE" w14:textId="16F01265" w:rsidR="00900A0F" w:rsidRPr="006D4E95" w:rsidRDefault="00900A0F" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="475463A4" w14:textId="77777777" w:rsidR="00AE347A" w:rsidRDefault="00AE347A" w:rsidP="00AE347A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>° Si vous sollicitez cette aide, précisez à quoi elle sera particulièrement destinée :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="430EF9F1" w14:textId="412A12AB" w:rsidR="00AE347A" w:rsidRDefault="00AE347A" w:rsidP="00AE347A">
+      <w:pPr>
+        <w:spacing w:before="240" w:after="120"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008905D7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B2F181C" w14:textId="77777777" w:rsidR="0071028C" w:rsidRPr="00841371" w:rsidRDefault="0071028C" w:rsidP="0071028C">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="right" w:leader="dot" w:pos="9540"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="415541C0" w14:textId="7C4F8C1C" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Re</w:t>
+      </w:r>
+      <w:r w:rsidR="0071028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>nseignements certifiés exacts,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EC836F7" w14:textId="15D29B05" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Fait à…………………………...</w:t>
+      </w:r>
+      <w:r w:rsidR="00F441A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0071028C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Le………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00F441A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61F1A83A" w14:textId="52678FC7" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00DC535B" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>La structure, représentée par</w:t>
+      </w:r>
+      <w:r w:rsidR="00834E72">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ECF94B6" w14:textId="74DBC9DF" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Signature</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C33A705" w14:textId="166F94D4" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE347A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>a personne accueillie en résidence</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D950AD" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00841371" w:rsidP="000A5079">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="480" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Signature,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2352C917" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32F8D9D6" w14:textId="1F769585" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="00417CD3">
+      <w:pPr>
+        <w:spacing w:before="65" w:after="50"/>
+        <w:ind w:left="539" w:right="572"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ANNEXE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>BUDGET</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-1"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>DE</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>LA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-8"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:b/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>STRUCTURE</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableNormal"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="470" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3413"/>
+        <w:gridCol w:w="931"/>
+        <w:gridCol w:w="511"/>
+        <w:gridCol w:w="3163"/>
+        <w:gridCol w:w="931"/>
+        <w:gridCol w:w="471"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00417CD3" w14:paraId="27580BF4" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5DFB3"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC9AA2E" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="121"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CHARGES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5DFB3"/>
+          </w:tcPr>
+          <w:p w14:paraId="46926C78" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="105"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Montant</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="7A58158D" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="105"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>€</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5DFB3"/>
+          </w:tcPr>
+          <w:p w14:paraId="203FB9E3" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="121"/>
+              <w:ind w:left="104"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5DFB3"/>
+          </w:tcPr>
+          <w:p w14:paraId="47CAF016" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="121"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PRODUITS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5DFB3"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F6965CA" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Montant</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="1972E282" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>€</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5DFB3"/>
+          </w:tcPr>
+          <w:p w14:paraId="67684CD2" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="121"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="3EC65B05" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4855" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FAE3D4"/>
+          </w:tcPr>
+          <w:p w14:paraId="77CF462F" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CHARGES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>DIRECTES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FAE3D4"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C48244" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>RESSOURCES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>INDIRECTES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="2E3956BE" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9EB35E" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Achats</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15541436" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55982725" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="492293E0" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>70</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Vente</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>biens</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>et</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>services</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E8FE59F" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0168D829" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="0D26331F" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="68C17331" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Achats</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>matières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>et</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>fournitures</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="606CFEAB" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5072E2CD" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6273B5E7" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Détailler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C163A2F" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC2D9B1" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="33A05386" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="470"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D83DB3F" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="121"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Autres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="167EAF18" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="150FEFD5" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F707621" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="564"/>
+                <w:tab w:val="left" w:pos="914"/>
+                <w:tab w:val="left" w:pos="2004"/>
+                <w:tab w:val="left" w:pos="2884"/>
+              </w:tabs>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Concours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>publics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>et</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="387088DC" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">subventions </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>d'exploitation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="503F3497" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="23D16870" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="75AC3416" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B1166B" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>61</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>- Services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>extérieurs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CB5DF70" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="584999FD" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA551A2" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Etat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>détailler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="53397BB5" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F4BB002" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="23A4EA01" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="310"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A571764" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Locations,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>maintenance</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A294AA5" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D216453" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55128976" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Conseil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Régional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>détailler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43304E61" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F3BC943" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="5918EE55" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08B1F9F7" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Assurances</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ECF24CA" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC32BBA" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6971704F" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Centre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>National</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>du</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Livre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>détailler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FEE7C90" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B2D6F70" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="196021DD" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C7C1A22" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Documentation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3003495E" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="09226BC6" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="088D4F7E" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Conseils</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>départementaux</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>détailler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="302F4FF8" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="221BA39A" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="6D4B3C75" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="470"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17FFE9BD" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="121"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Autres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB6B1F4" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED5C39F" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59BE6667" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Communes,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="22"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>EPCI</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>à</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="24"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>fiscalité</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="25"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>propre</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="786B6DBB" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>détailler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5DA9DA" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4049E10B" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="119B059E" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A5B500F" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Autres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>extérieurs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C1B3D85" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C13EAB6" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03202854" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Organismes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-13"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sociaux</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>détailler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03B7DAB0" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F4D3FF2" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="7E89375F" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0333395F" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1665"/>
+                <w:tab w:val="left" w:pos="3145"/>
+              </w:tabs>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rémunérations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>intermédiaires</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>et</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5F2CA31D" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>honoraires</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E7A72D1" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A93A041" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C77BFC6" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3904C075" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="065824D2" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="1C719A48" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="711E225B" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Publicité</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>publication</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C18FE29" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="55DB4389" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57BAB409" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Fonds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Européens</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>détailler</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3099B23C" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="13577008" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="5ED8E172" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D38788C" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Déplacements</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-11"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>missions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A757C23" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5828060F" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="127D41E6" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Autres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A55BCDD" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="763B5FD8" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="102FBDC0" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="297"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="414DB58B" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>bancaires</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D3A7B3F" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2797135A" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69CE3A03" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Autres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>ressources</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27946886" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="037A9195" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="4C8E3BD0" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="297"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="128F2035" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="29"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Autres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="17D3403D" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E54135E" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A77C143" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F3DDF15" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03A42E3B" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="5CF978BF" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="309"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0799851D" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>63 -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Impôts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>et</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>taxes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="27946841" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03703A5E" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="037BD6D5" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Cotisations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40ED6313" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DFEA47E" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="5612FF11" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="699A24B4" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Impôts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>et</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>taxes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>rémunérations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="597F0E1E" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A4D70FB" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F45675" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Mécénat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A570FD" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CEC7360" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="44591343" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D01D2C" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Autres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>impôts</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>et</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> taxes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17FBED57" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36CCD99B" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BC4CF38" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="784E9538" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="79BF8B8A" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="60506E93" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2844BAFF" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>64</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Charges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-3"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>personnel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC69151" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FC1B19C" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C777C7" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="634AD96B" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4983CCB1" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="343CBDA9" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="470"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="08AEFA29" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Rémunération</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>des</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>personnels</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>salaires</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="3BBFBAEE" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>et</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> charges)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4573139A" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AC3DE4C" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77340444" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="21948BCE" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AC43547" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="584056E5" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="310"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1944C035" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Autres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D8E737D" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CF17220" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="35B42F3C" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C84E311" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7107EDF2" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="5099B489" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="470"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3752844E" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="30"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Autres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>charges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="29"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="34"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>gestion</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73AA7A80" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>courante</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E2A7C5B" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF192A3" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4493607D" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="64E97D31" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C749C36" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="22DE4FAE" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="33AFBB6B" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Droits </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>d’auteurs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B5D4EE" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15B69F3B" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A075C26" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2766DCBF" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="302F550B" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="620A7991" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45A38108" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Autres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C99D9F0" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="254A9159" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B6CFE9" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5852E98C" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FD679C5" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="5A48FBF3" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="46E6AB62" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>66 -</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Charges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>financières</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A49A42C" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="162BF019" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA6A6D4" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Produits</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>financiers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5AF240" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0C55EC" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="11E9CF9A" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="310"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CF6827A" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>- Charges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-10"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>exceptionnelles</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="57F85D0F" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E16E103" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EC324C0" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Produits</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>exceptionnels</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F65D2E9" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2059038C" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="0C412CCD" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="470"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="51CE1432" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="37"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="39"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Dotations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="38"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>aux</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="49"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>amortissements</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69E9A66A" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>provisions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>et</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>engagements</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A2320F" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40674576" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E09BCE" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Reprises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="64"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>sur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="64"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>amortissements</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="54"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>et</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="47C602CE" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="23"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>provisions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="126671EE" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F2D69CF" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="1D41EE9C" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4855" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B607F07" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CHARGES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="14"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>INDIRECTES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>REPARTIES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AFFECTEES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="17"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AU</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FF5FF1D" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PROJET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4565" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="DEEAF6"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B48F7FE" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1664"/>
+                <w:tab w:val="left" w:pos="2834"/>
+                <w:tab w:val="left" w:pos="4195"/>
+              </w:tabs>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>RESSOURCES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PROPRES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AFFECTEES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>AU</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="595E99DF" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PROJET</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="21876DFE" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="056B8E0C" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Charges</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-12"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>fixes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-8"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>de</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>fonctionnement</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A351EC1" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="32E99506" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4606E8E3" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="122120EA" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF85952" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="4D5B406C" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="299"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63935C86" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Frais </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>financiers</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="275163D0" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="786EE1F3" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="50DF1ABE" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A11C16B" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3635E9E8" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="42B8387B" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C35297" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Autres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20443F27" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="75377BE7" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C994AB8" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FD47425" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2478A0A9" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="34F0CB80" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FAE3D4"/>
+          </w:tcPr>
+          <w:p w14:paraId="305B8C4B" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TOTAL DES </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CHARGES</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FAE3D4"/>
+          </w:tcPr>
+          <w:p w14:paraId="4321E945" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FAE3D4"/>
+          </w:tcPr>
+          <w:p w14:paraId="06FED59C" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FAE3D4"/>
+          </w:tcPr>
+          <w:p w14:paraId="79557778" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">TOTAL DES </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>PRODUITS</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FAE3D4"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ED52077" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FAE3D4"/>
+          </w:tcPr>
+          <w:p w14:paraId="314B6865" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="75B5E538" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="14BBBB0E" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="121"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Excédent</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>prévisionnel</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>bénéfice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0103BB7E" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="073C751E" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3565B70C" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="1853"/>
+              </w:tabs>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Insuffisance</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>prévisionnelle</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+          <w:p w14:paraId="1A2C20B7" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>déficit</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="29EFC414" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E42048F" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="30F9DE17" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="320"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9420" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C5DFB3"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E279E89" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>CONTRIBUTIONS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>VOLONTAIRES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>EN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>NATURE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="6BF5CA9F" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="480"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CC9D68B" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>86</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="68"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="69"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Contributions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="68"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>volontaires</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="67"/>
+                <w:w w:val="150"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6638898E" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>nature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2201FE8E" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="418F4BA0" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="31552240" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="1"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>87</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="31"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="34"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Contributions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="33"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>volontaires</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="23"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A0FC506" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="33"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>nature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A062D81" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A0C7BCB" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="4E8BE4DF" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F6B3896" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Secours</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>nature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F66B206" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C880BA" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="03FF0C4E" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Dons</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-4"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-5"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>nature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A87D0AC" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="775D3A20" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="5DB6EA98" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67D8139B" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Mise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>à</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>disposition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>gratuite</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-1"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">de </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>biens</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6774FDEB" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E3E0DB2" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DA019A9" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="02056AD9" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E0C373" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="49318ADC" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D52B591" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Prestations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>nature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="790C482D" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6739D1A5" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="302C84FA" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="31"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Prestations</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-7"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>en</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-6"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>nature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="36F64316" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20787BC9" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="5F1D6D36" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA906A5" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Personnel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-9"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>bénévole</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B70B0EC" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D40246D" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60C24981" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="41"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>Bénévolat</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="188AC6E3" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFCB0F5" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00417CD3" w14:paraId="74136D45" w14:textId="77777777" w:rsidTr="001D6181">
+        <w:trPr>
+          <w:trHeight w:val="330"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3413" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="06F39207" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51"/>
+              <w:ind w:left="115"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TOTAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4935CF1D" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="511" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="30576AB2" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3163" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24A4FC5E" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:spacing w:before="51"/>
+              <w:ind w:left="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial"/>
+                <w:b/>
+                <w:spacing w:val="-2"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+              <w:t>TOTAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="931" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6872637C" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="471" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="075F74E0" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="001D6181">
+            <w:pPr>
+              <w:pStyle w:val="TableParagraph"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:sz w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2853DD3D" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="00417CD3">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00417CD3" w:rsidSect="00417CD3">
+          <w:pgSz w:w="11910" w:h="16840"/>
+          <w:pgMar w:top="440" w:right="800" w:bottom="680" w:left="840" w:header="0" w:footer="494" w:gutter="0"/>
+          <w:cols w:space="720"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="581C085C" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="00417CD3">
+      <w:pPr>
+        <w:pStyle w:val="Corpsdetexte"/>
+        <w:ind w:left="-284" w:hanging="283"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial"/>
+          <w:noProof/>
+          <w:sz w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4679A5A3" wp14:editId="43D42D7D">
+                <wp:extent cx="6126480" cy="234950"/>
+                <wp:effectExtent l="9525" t="0" r="0" b="3175"/>
+                <wp:docPr id="3" name="Textbox 9"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks/>
+                      </wps:cNvSpPr>
+                      <wps:spPr>
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="6126480" cy="234950"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="365F91"/>
+                        </a:solidFill>
+                        <a:ln w="6350">
+                          <a:solidFill>
+                            <a:srgbClr val="000080"/>
+                          </a:solidFill>
+                          <a:prstDash val="solid"/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="3560D6C6" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="00417CD3">
+                            <w:pPr>
+                              <w:widowControl w:val="0"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="3"/>
+                              </w:numPr>
+                              <w:tabs>
+                                <w:tab w:val="left" w:pos="429"/>
+                              </w:tabs>
+                              <w:autoSpaceDE w:val="0"/>
+                              <w:autoSpaceDN w:val="0"/>
+                              <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+                              <w:ind w:left="429" w:hanging="339"/>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:color w:val="000000"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>Pièces</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-11"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>à</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-8"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>joindre obligatoirement</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-6"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>au</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-4"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                                <w:b/>
+                                <w:color w:val="FFFFFF"/>
+                                <w:spacing w:val="-2"/>
+                                <w:sz w:val="28"/>
+                              </w:rPr>
+                              <w:t>dossier</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+              </wp:inline>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4679A5A3" id="Textbox 9" o:spid="_x0000_s1027" type="#_x0000_t202" style="width:482.4pt;height:18.5pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtj2Wv1QEAALkDAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2jAQfa/Uf7D8XhJgF+1GhFW7iKrS&#10;ql1p2w8wjk2sOh7XY0j4+45NgN7Uh6o8mLE9PnPOmcnyYegsO6iABlzNp5OSM+UkNMbtav7l8+bN&#10;HWcYhWuEBadqflTIH1avXy17X6kZtGAbFRiBOKx6X/M2Rl8VBcpWdQIn4JWjSw2hE5G2YVc0QfSE&#10;3tliVpaLoofQ+ABSIdLp+nTJVxlfayXjJ61RRWZrTtxiXkNet2ktVktR7YLwrZEjDfEPLDphHBW9&#10;QK1FFGwfzG9QnZEBEHScSOgK0NpIlTWQmmn5i5qXVniVtZA56C824f+DlR8PL/45sDi8g4EamEWg&#10;fwL5FcmbovdYjTnJU6yQspPQQYcu/ZMERg/J2+PFTzVEJulwMZ0tbu7oStLdbH5zf5sNL66vfcD4&#10;XkHHUlDzQP3KDMThCWOqL6pzSiqGYE2zMdbmTdhtH21gB0G9nS9uN/fT1E568lOadawnKnOq/XeI&#10;kn5E9g8QicJaYHsqldHHNOtGj062JIPisB2YaZKXBJVOttAcyeKepqzm+G0vguLMfnDUxjSS5yCc&#10;g+05CNE+Qh7cxNzB230EbbIvV9yRAM1H1j7OchrAH/c56/rFrb4DAAD//wMAUEsDBBQABgAIAAAA&#10;IQB2viv/2wAAAAQBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhcUOvw07SEOFWF&#10;xK1CIqCe3XhJotrryHaa8PYsXOAy0mpWM9+U29lZccYQe08KbpcZCKTGm55aBR/vL4sNiJg0GW09&#10;oYIvjLCtLi9KXRg/0Rue69QKDqFYaAVdSkMhZWw6dDou/YDE3qcPTic+QytN0BOHOyvvsiyXTvfE&#10;DZ0e8LnD5lSPToENLe734+rVrDZxXbvTdMhvdkpdX827JxAJ5/T3DD/4jA4VMx39SCYKq4CHpF9l&#10;7zF/4BlHBffrDGRVyv/w1TcAAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEArY9lr9UBAAC5&#10;AwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAdr4r/9sA&#10;AAAEAQAADwAAAAAAAAAAAAAAAAAvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAADcF&#10;AAAAAA==&#10;" fillcolor="#365f91" strokecolor="navy" strokeweight=".5pt">
+                <v:path arrowok="t"/>
+                <v:textbox inset="0,0,0,0">
+                  <w:txbxContent>
+                    <w:p w14:paraId="3560D6C6" w14:textId="77777777" w:rsidR="00417CD3" w:rsidRDefault="00417CD3" w:rsidP="00417CD3">
+                      <w:pPr>
+                        <w:widowControl w:val="0"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="3"/>
+                        </w:numPr>
+                        <w:tabs>
+                          <w:tab w:val="left" w:pos="429"/>
+                        </w:tabs>
+                        <w:autoSpaceDE w:val="0"/>
+                        <w:autoSpaceDN w:val="0"/>
+                        <w:spacing w:before="7" w:after="0" w:line="240" w:lineRule="auto"/>
+                        <w:ind w:left="429" w:hanging="339"/>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:color w:val="000000"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>Pièces</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-11"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>à</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-8"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>joindre obligatoirement</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-6"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>au</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-4"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+                          <w:b/>
+                          <w:color w:val="FFFFFF"/>
+                          <w:spacing w:val="-2"/>
+                          <w:sz w:val="28"/>
+                        </w:rPr>
+                        <w:t>dossier</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:anchorlock/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75414C1B" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="3A556D"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="651193EE" w14:textId="51AD4C13" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">En complément du présent dossier de demande de subvention, merci de joindre les pièces complémentaires listées ci-après : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E64EF7E" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="360"/>
+        </w:tabs>
+        <w:overflowPunct w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-        </w:rPr>
-[...1712 lines deleted...]
-    <w:p w14:paraId="63CE8644" w14:textId="5B6EFEFA" w:rsidR="005B3C92" w:rsidRPr="00855B12" w:rsidRDefault="00F734E7" w:rsidP="000E465C">
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3144B367" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PIÈCES ADMINISTRATIVES ET COMPTABLES DE LA STRUCTURE PORTEUSE : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33A34F5C" w14:textId="6EC943EE" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00DC535B" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16487">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Un fichier</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">1) </w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve">Une note d’intention de l’auteur précisant ses motivations et positionnant le projet dans son </w:t>
+        <w:t xml:space="preserve"> au format PDF,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16487">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">    parcours</w:t>
-[...11 lines deleted...]
-        <w:tab/>
+        <w:t xml:space="preserve">comprenant les informations suivantes et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00855B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>intitulé</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r w:rsidR="00841371" w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>[ANNEE] [NOM STRUCTURE] - ADMIN</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73405401" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Courrier officiel de demande de subvention adressé au Président du Conseil Régional           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05E39A76" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>2) Courrier officiel de demande de subvention adressé à la Directrice Régionale des Affaires Culturelles </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07A94A28" w14:textId="37AD043D" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>3) Statuts de l’organisme (justifiant notamment de l</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE347A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a domiciliation en région Grand </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Est)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="005B3C92" w:rsidRPr="00855B12">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0501CB5A" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="00855B12" w:rsidRDefault="00F734E7" w:rsidP="000E465C">
+    <w:p w14:paraId="048E973C" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>4) Rel</w:t>
+      </w:r>
+      <w:r w:rsidR="004D44BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>evé d’identité bancaire aux nom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et adresse du demandeur               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D4C7CD6" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>5) Certificat d’inscription au répertoire des entreprises et des établissemen</w:t>
+      </w:r>
+      <w:r w:rsidR="004D44BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ts émis par l’INSEE (n° SIRET)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> le cas échéant et Extrait K bis datant de moins de trois mois      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A5E05BF" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) Comptes annuels du dernier exercice approuvés par les instances compétentes (ou rapport du commissaire aux comptes </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">approuvé)   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="740F285B" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) Liste des membres du conseil d’administration et du </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>bureau  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pour les associations)       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="048C1F34" w14:textId="42547F5C" w:rsidR="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) Délibération du Conseil d’Administration ou de l’Assemblée Générale autorisant le Président de l’organisme à solliciter une subvention régionale (pour les associations)         </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk221027381"/>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="0E95AFFD" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F8D22D4" w14:textId="77777777" w:rsidR="00F441A2" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">PIÈCES ADMINISTRATIVES ET COMPTABLES DE L’AUTEUR : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="047DCF0C" w14:textId="70E47187" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00DC535B" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16487">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Un fichier</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">2) </w:t>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:t xml:space="preserve"> au format PDF,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16487">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">comprenant les informations suivantes et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00855B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>intitulé</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r w:rsidR="00841371" w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>[ANNEE] [NOM STRUCTURE] - AUTEUR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7260D0D5" w14:textId="03043C22" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>1) Certificat d’inscription au répertoire des entreprises émis par l’INSEE (n° SIRET)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07385EBD" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) Curriculum Vitæ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="189726BE" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) Bibliographie </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79B615B2" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>4) Revue de presse du dernier livre publié de l’auteur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="596B433A" w14:textId="01BC96E2" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>5) Relevé d’identité bancaire aux nom et adresse du demandeur</w:t>
+      </w:r>
+      <w:r w:rsidR="000A5079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (si versement de l’aide à </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000A5079">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>l’auteur)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02FEE1C3" w14:textId="08174ECC" w:rsidR="00841371" w:rsidRPr="00AE347A" w:rsidRDefault="00841371" w:rsidP="00AE347A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6) </w:t>
+      </w:r>
+      <w:r w:rsidR="00F441A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ontrat d’édition conforme, daté et signé des deux parties, sur une parution précédente</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00AE347A">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5674F92E" w14:textId="15B62788" w:rsidR="00AE347A" w:rsidRPr="00AE347A" w:rsidRDefault="00AE347A" w:rsidP="00AE347A">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE347A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>7) Attestation de dispense de</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="0F2BE392" w14:textId="35541C66" w:rsidR="005B3C92" w:rsidRPr="00855B12" w:rsidRDefault="00F734E7" w:rsidP="000E465C">
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> précompte remise par l’Urssaf, le cas échéant</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0727B994" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A071E0A" w14:textId="77777777" w:rsidR="00F441A2" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>PIÈCES RELATIVES AU PROJET</w:t>
+      </w:r>
+      <w:r w:rsidR="00F441A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t> :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E1823BE" w14:textId="6A03A6D9" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00DC535B" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E16487">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Un fichier</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">3) </w:t>
-[...19 lines deleted...]
-      <w:r w:rsidR="00435070">
+        <w:t xml:space="preserve"> au format PDF,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E16487">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="005B3C92" w:rsidRPr="00855B12">
-[...19 lines deleted...]
-      <w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">comprenant les informations suivantes et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00855B12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>intitulé</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r w:rsidR="00841371" w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>[ANNEE] [NOM STRUCTURE] - PROJET</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F1FEA82" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...66 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Une note d’intention de la structure porteuse détaillant le projet d’association avec l’auteur, son contexte, ses objectifs, sa localisation, les moyens matériels alloués à sa réalisation </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="468F0ECC" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRPr="00855B12" w:rsidRDefault="00F734E7" w:rsidP="000E465C">
-      <w:pPr>
+    <w:p w14:paraId="26743B15" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...18 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Une note d’intention de l’auteur précisant ses motivations et</w:t>
+      </w:r>
+      <w:r w:rsidR="00607849">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> positionnant ce projet dans son </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>parcours professionnel</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="005B3C92" w:rsidRPr="00855B12">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79377B34" w14:textId="77777777" w:rsidR="005B3C92" w:rsidRDefault="00F734E7" w:rsidP="000E465C">
-      <w:pPr>
+    <w:p w14:paraId="540B5926" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...30 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Note relative aux partenaires parties prenantes au projet et leur rôle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="607E6496" w14:textId="77777777" w:rsidR="002B2099" w:rsidRDefault="002B2099" w:rsidP="00B612DD">
-      <w:pPr>
+    <w:p w14:paraId="5267F80F" w14:textId="3E1889F2" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...68 lines deleted...]
-          <w:i/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:i/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...9 lines deleted...]
-          <w:i/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>La convention de partenariat datée et signée</w:t>
+      </w:r>
+      <w:r w:rsidR="006F361C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:i/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (ou le projet de convention si celle-ci n’est pas encore signée)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...8 lines deleted...]
-          <w:i/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> liant la structure porteuse et l’auteur et détaillant les objectifs recherchés, le projet de création, le programme d’actions culturelles et pédagogiques, le calendrier complet, le budget prévisionnel et les moyens matériels mis à disposition </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:i/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79A43329" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Une présentation du projet artistique de l’auteur</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D393952" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00900A0F">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+        </w:pBdr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Un calendrier prévisionnel de réalisation du projet de résidence et des actions culturelles et pédagogiques prévues</w:t>
+      </w:r>
+      <w:r>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="19A5F910">
+        <w:rPr>
+          <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6758B6FC" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Les informations recueillies font l’objet d’un traitement informatique destiné à la gestion des demandes d’aides formulées auprès de la collectivité. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5170C43A" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Conformément à la loi « informatique et libertés » du 6 janvier 1978 modifiée en 2004, vous bénéficiez d’un droit d’accès et de rectification aux informations qui vous concernent, que vous pouvez exercer en contactant la collectivité à l’adresse suivante :</w:t>
+      </w:r>
+      <w:r w:rsidR="00F441A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Conseil Régional Grand Est – 1, Place Adrien Zeller – 67000 Strasbourg</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16AF4B0E" w14:textId="77777777" w:rsidR="00F734E7" w:rsidRPr="00F734E7" w:rsidRDefault="00F734E7" w:rsidP="00F734E7">
+    <w:p w14:paraId="6E24C760" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
       <w:pPr>
         <w:keepNext/>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000080"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="000080"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000080"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="000080"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="365F91"/>
         <w:spacing w:before="240" w:after="60" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="360"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FFFFFF"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F734E7">
+      <w:r w:rsidRPr="00841371">
         <w:rPr>
           <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t></w:t>
       </w:r>
-      <w:r w:rsidRPr="00F734E7">
+      <w:r w:rsidR="00F441A2">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F734E7">
+      <w:r w:rsidRPr="00841371">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="FFFFFF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Contact </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="5DDF1D3E" w14:textId="77777777" w:rsidR="00F734E7" w:rsidRPr="00F734E7" w:rsidRDefault="00F734E7" w:rsidP="00F734E7">
+        <w:t>Contacts</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="140193B5" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="5371C676" w14:textId="09B70892" w:rsidR="00F734E7" w:rsidRPr="00F734E7" w:rsidRDefault="00F734E7" w:rsidP="00F734E7">
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1B8C348A" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F734E7">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...52 lines deleted...]
-    <w:p w14:paraId="4ED78F22" w14:textId="77777777" w:rsidR="00F734E7" w:rsidRPr="00F734E7" w:rsidRDefault="00F65472" w:rsidP="00F734E7">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>CONSEIL RÉGIONAL GRAND EST</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CC844EF" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:eastAsia="fr-FR"/>
-[...3 lines deleted...]
-        <w:r w:rsidR="00F734E7" w:rsidRPr="00B612DD">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>DIRECTION CULTURE PATRIMOINE ET MÉMOIRE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A096482" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00417CD3" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidR="00841371" w:rsidRPr="00F441A2">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:b/>
             <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:t>livre@grandest.fr</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00F734E7" w:rsidRPr="00F734E7">
+      <w:r w:rsidR="00841371" w:rsidRPr="00841371">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E9AE544" w14:textId="77777777" w:rsidR="00F734E7" w:rsidRPr="00F734E7" w:rsidRDefault="00F734E7" w:rsidP="00F734E7">
+    <w:p w14:paraId="3561A76B" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="4536"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-    <w:p w14:paraId="575A3A58" w14:textId="4544EE12" w:rsidR="00F734E7" w:rsidRPr="00F734E7" w:rsidRDefault="00F734E7" w:rsidP="00F734E7">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E6085B0" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">DIRECTION RÉGIONALE DES AFFAIRES CULTURELLES </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F5BEA0" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00417CD3" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidR="00841371" w:rsidRPr="00F441A2">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:b/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="fr-FR"/>
+          </w:rPr>
+          <w:t>demarches.livre.lecture.drac.grandest@culture.gouv.fr</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00841371" w:rsidRPr="00841371">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="099EEC8D" w14:textId="77777777" w:rsidR="00841371" w:rsidRPr="00841371" w:rsidRDefault="00841371" w:rsidP="00841371">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5505"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0CB9A7DD" w14:textId="09987363" w:rsidR="00900A0F" w:rsidRPr="00F734E7" w:rsidRDefault="00900A0F" w:rsidP="00900A0F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="2" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="3402"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F734E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>En cas d’attribution d’une aide par la Région Grand Est, le bénéficiaire s’engage à faire mention du concours financier sur</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00621F59">
+        <w:t xml:space="preserve">En cas d’attribution d’une aide, le bénéficiaire s’engage à faire mention du concours financier </w:t>
+      </w:r>
+      <w:r w:rsidR="006F361C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> l’ouvrage, celui-ci une fois publié</w:t>
+        <w:t xml:space="preserve">de la DRAC Grand Est et de la Région Grand Est </w:t>
       </w:r>
       <w:r w:rsidRPr="00F734E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="3B7D173D" w14:textId="77777777" w:rsidR="00F734E7" w:rsidRPr="00F734E7" w:rsidRDefault="00F734E7" w:rsidP="00F734E7">
+        <w:t>sur l’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F734E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ensemble</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F734E7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> des supports de communication réalisés au titre de cette action.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4969877A" w14:textId="77777777" w:rsidR="00900A0F" w:rsidRPr="00F734E7" w:rsidRDefault="00900A0F" w:rsidP="00900A0F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="2" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F734E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Le bénéficiaire s’engage à respecter la charte graphique ci-dessous : </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48F14DC2" w14:textId="77777777" w:rsidR="00F734E7" w:rsidRPr="00F734E7" w:rsidRDefault="00F734E7" w:rsidP="00F734E7">
+    <w:p w14:paraId="707F2404" w14:textId="77777777" w:rsidR="00900A0F" w:rsidRPr="00F734E7" w:rsidRDefault="00900A0F" w:rsidP="00900A0F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="2" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34A94C3E" w14:textId="55ADBD4D" w:rsidR="00621F59" w:rsidRDefault="00F734E7" w:rsidP="00621F59">
+    <w:p w14:paraId="0C4D094E" w14:textId="45DC0751" w:rsidR="00900A0F" w:rsidRDefault="00900A0F" w:rsidP="00900A0F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="2" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F734E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">« </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00435070">
+        <w:t xml:space="preserve">« Avec le soutien financier de la </w:t>
+      </w:r>
+      <w:r w:rsidR="006F361C">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">L’auteur / illustrateur (autrice / illustratrice) a bénéficié d’une aide à la création littéraire </w:t>
+        <w:t xml:space="preserve">DRAC Grand Est et de la </w:t>
       </w:r>
       <w:r w:rsidRPr="00F734E7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>de la Région Grand Est »</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="46CB5E58" w14:textId="77777777" w:rsidR="00621F59" w:rsidRDefault="00621F59" w:rsidP="00621F59">
+        <w:t>Région Grand Est »</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="251190F5" w14:textId="77777777" w:rsidR="006F361C" w:rsidRDefault="006F361C" w:rsidP="00900A0F">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="2" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="664941C6" w14:textId="77777777" w:rsidR="00621F59" w:rsidRDefault="00F734E7" w:rsidP="00621F59">
+    <w:p w14:paraId="13EC46D5" w14:textId="0A12BE2E" w:rsidR="006F361C" w:rsidRDefault="006F361C" w:rsidP="006F361C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="2" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F734E7">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:noProof/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="568D71CE" wp14:editId="0B53CB86">
+            <wp:extent cx="1171575" cy="1047750"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:docPr id="5" name="Image 5"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1171575" cy="1047750"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:solidFill>
+                      <a:srgbClr val="FFFFFF"/>
+                    </a:solidFill>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009F45F3" w:rsidRPr="00841371">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5BA4FF4F" wp14:editId="1ABE606C">
-[...2 lines deleted...]
-            <wp:docPr id="2" name="Image 2"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="066F5E31" wp14:editId="713032E0">
+            <wp:extent cx="2543175" cy="850881"/>
+            <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+            <wp:docPr id="8" name="Image 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Image 2" descr="Macintosh HD:Users:com:Desktop:logo_GE.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14" cstate="print">
+                    <a:blip r:embed="rId18" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1985518" cy="664303"/>
+                      <a:ext cx="2543175" cy="850881"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F9351F1" w14:textId="77777777" w:rsidR="00621F59" w:rsidRDefault="00621F59" w:rsidP="00621F59">
+    <w:p w14:paraId="680DBEF8" w14:textId="77777777" w:rsidR="006F361C" w:rsidRDefault="006F361C" w:rsidP="006F361C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="2" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05F1A639" w14:textId="236D34E7" w:rsidR="005B3C92" w:rsidRPr="00621F59" w:rsidRDefault="00F734E7" w:rsidP="00621F59">
+    <w:p w14:paraId="0AE64A40" w14:textId="6A660D01" w:rsidR="009F45F3" w:rsidRPr="00841371" w:rsidRDefault="009F45F3" w:rsidP="006F361C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="2" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F734E7">
+      <w:r w:rsidRPr="00841371">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Le non-respect de cette clause pourra se traduire par le reversement de l’aide</w:t>
       </w:r>
-      <w:r w:rsidR="005C6D14">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> et par l’exclusion définitive d</w:t>
       </w:r>
-      <w:r w:rsidR="00F238DF">
+      <w:r w:rsidRPr="00841371">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>u bénéfice des aides régionales.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="005B3C92" w:rsidRPr="00621F59" w:rsidSect="00B612DD">
-      <w:footerReference w:type="default" r:id="rId15"/>
+    <w:p w14:paraId="3FBB32DF" w14:textId="77777777" w:rsidR="009F45F3" w:rsidRPr="00841371" w:rsidRDefault="009F45F3" w:rsidP="009F45F3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4536"/>
+          <w:tab w:val="left" w:pos="5954"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="009F45F3" w:rsidRPr="00841371">
+      <w:footerReference w:type="default" r:id="rId19"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="907" w:right="1134" w:bottom="907" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A227B11" w14:textId="77777777" w:rsidR="00104E63" w:rsidRDefault="00104E63" w:rsidP="00104E63">
+    <w:p w14:paraId="502CDD31" w14:textId="77777777" w:rsidR="009E5D07" w:rsidRDefault="009E5D07" w:rsidP="009E5D07">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6DCB9680" w14:textId="77777777" w:rsidR="00104E63" w:rsidRDefault="00104E63" w:rsidP="00104E63">
+    <w:p w14:paraId="22A83CC5" w14:textId="77777777" w:rsidR="009E5D07" w:rsidRDefault="009E5D07" w:rsidP="009E5D07">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial MT">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="01"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
   </w:font>
   <w:font w:name="Arial Black">
     <w:panose1 w:val="020B0A04020102020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002AF" w:usb1="400078FB" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="1419BEE1" w14:textId="7B14D43B" w:rsidR="00104E63" w:rsidRDefault="00104E63">
+  <w:p w14:paraId="5FB7CB57" w14:textId="4D2CFBE4" w:rsidR="009E5D07" w:rsidRDefault="009E5D07">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="691EDBEF" wp14:editId="2F618A1F">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="51C842F4" wp14:editId="5729C69D">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="page">
                 <wp:posOffset>0</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
                 <wp:posOffset>10227945</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="7560310" cy="273050"/>
               <wp:effectExtent l="0" t="0" r="0" b="12700"/>
               <wp:wrapNone/>
-              <wp:docPr id="1" name="MSIPCM5a2544a7a7955f2c72a6df1a" descr="{&quot;HashCode&quot;:276409400,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
+              <wp:docPr id="2" name="MSIPCMb537424082c8be1508add88a" descr="{&quot;HashCode&quot;:276409400,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="7560310" cy="273050"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="0893E188" w14:textId="5DB2C6B1" w:rsidR="00104E63" w:rsidRPr="00104E63" w:rsidRDefault="00104E63" w:rsidP="00104E63">
+                        <w:p w14:paraId="0C9BE995" w14:textId="09F9A5D4" w:rsidR="009E5D07" w:rsidRPr="009E5D07" w:rsidRDefault="009E5D07" w:rsidP="009E5D07">
                           <w:pPr>
                             <w:spacing w:after="0"/>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:color w:val="008000"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00104E63">
+                          <w:r w:rsidRPr="009E5D07">
                             <w:rPr>
                               <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                               <w:color w:val="008000"/>
                               <w:sz w:val="24"/>
                             </w:rPr>
                             <w:t>C1 Données Internes</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="b" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="691EDBEF" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="51C842F4" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="MSIPCM5a2544a7a7955f2c72a6df1a" o:spid="_x0000_s1026" type="#_x0000_t202" alt="{&quot;HashCode&quot;:276409400,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:805.35pt;width:595.3pt;height:21.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBL7JD/FgMAADUGAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB02GmpH7WTOmtStCmy&#10;FUjbAOnQsyLLsTBbciWlcVb0v4+S5fSxHYZhF5siKT4+fuLpWVtX6JEpzaWY4OgoxIgJKnMuNhP8&#10;/W4+OMFIGyJyUknBJnjPND6bfvxwumvGLJalrHKmEAQRerxrJrg0phkHgaYlq4k+kg0TYCykqomB&#10;o9oEuSI7iF5XQRyGw2AnVd4oSZnWoL3sjHjq4hcFo+a2KDQzqJpgqM24r3Lftf0G01My3ijSlJz6&#10;Msg/VFETLiDpIdQlMQRtFf8tVM2pkloW5ojKOpBFwSlzPUA3Ufium1VJGuZ6AXB0c4BJ/7+w9OZx&#10;qRDPYXYYCVLDiK5XV8vZdUriNEnIiIyyNC1iOorJMC8iglHONAUEnz49bKX58o3ociZz1p3G8WiY&#10;hFkShp+9mfFNabzxJAGCeMM9z03p9WmWHvTLilBWM9Hf6VzmUhqmOtkHuBI5a32A7rdUvCZq/8Zr&#10;BQwAanq/yN+9k43XhIfEC1b0OUH5bJmxa/QYAFo1AJFpL2RrUfJ6DUo78LZQtf3DKBHYgWP7A69Y&#10;axAF5SgdhscRmCjY4tFxmDriBS+3G6XNVyZrZIUJVlC1oxN5XGgDGcG1d7HJhJzzqnLcrQTaTfDw&#10;GEK+scCNSlgNFAExvNRx8imL4iS8iLPBfHgyGiTzJB1ko/BkEEbZRTYMkyy5nD/beFEyLnmeM7Hg&#10;gvXvI0r+jn/+pXbMdi/kTalaVjy3fdjabHezSqFHAg91DRz4YYGGJl55BW/LcWborv+7LgM7s242&#10;VjLtuvUDW8t8D3NUEvCFUeiGzjkkXRBtlkTBowclLDJzC5+ikgCq9BJGpVQ//6S3/oAFWDHawRKZ&#10;YP2wJYphVF0JeKVZlCQQ1rgDCOq1dt1rxbaeSWgbXiBU5UTra6peLJSs72HPndtsYCKCQk7AqRdn&#10;Bk5ggD1J2fm5k2G/NMQsxKqhNnQP8l17T1TjeWYAvhvZrxkyfke3ztfeFPJ8a2TBHRctsB2aAL09&#10;wG5yQ/B71C6/12fn9bLtp78AAAD//wMAUEsDBBQABgAIAAAAIQCf1UHs3wAAAAsBAAAPAAAAZHJz&#10;L2Rvd25yZXYueG1sTI/NTsMwEITvSH0Ha5G4UTsFUhriVAjEBQlVLYizE29+mngdxW6bvD3OiR53&#10;ZjT7TbodTcfOOLjGkoRoKYAhFVY3VEn4+f64fwbmvCKtOksoYUIH22xxk6pE2wvt8XzwFQsl5BIl&#10;ofa+Tzh3RY1GuaXtkYJX2sEoH86h4npQl1BuOr4SIuZGNRQ+1KrHtxqL9nAyEh53m7zkx9Ycv6bP&#10;aWra8vc9L6W8ux1fX4B5HP1/GGb8gA5ZYMrtibRjnYQwxAc1jsQa2OxHGxEDy2ft6WENPEv59Ybs&#10;DwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29u&#10;dGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAA&#10;LwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEvskP8WAwAANQYAAA4AAAAAAAAAAAAAAAAA&#10;LgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJ/VQezfAAAACwEAAA8AAAAAAAAAAAAA&#10;AAAAcAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAB8BgAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
-              <v:fill o:detectmouseclick="t"/>
+            <v:shape id="MSIPCMb537424082c8be1508add88a" o:spid="_x0000_s1028" type="#_x0000_t202" alt="{&quot;HashCode&quot;:276409400,&quot;Height&quot;:841.0,&quot;Width&quot;:595.0,&quot;Placement&quot;:&quot;Footer&quot;,&quot;Index&quot;:&quot;Primary&quot;,&quot;Section&quot;:1,&quot;Top&quot;:0.0,&quot;Left&quot;:0.0}" style="position:absolute;margin-left:0;margin-top:805.35pt;width:595.3pt;height:21.5pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:page;mso-position-vertical:absolute;mso-position-vertical-relative:page;v-text-anchor:bottom" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjIMrxEwIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU99v2jAQfp+0/8Hy+0iAlnYRoWKtmCah&#10;thKd+mwcm0SyfZ5tSNhfv7MToOv2NO3Fudyd78f3fZ7fdVqRg3C+AVPS8SinRBgOVWN2Jf3+svp0&#10;S4kPzFRMgRElPQpP7xYfP8xbW4gJ1KAq4QgWMb5obUnrEGyRZZ7XQjM/AisMBiU4zQL+ul1WOdZi&#10;da2ySZ7PshZcZR1w4T16H/ogXaT6UgoenqT0IhBVUpwtpNOlcxvPbDFnxc4xWzd8GIP9wxSaNQab&#10;nks9sMDI3jV/lNINd+BBhhEHnYGUDRdpB9xmnL/bZlMzK9IuCI63Z5j8/yvLHw8b++xI6L5AhwRG&#10;QFrrC4/OuE8nnY5fnJRgHCE8nmETXSAcnTfXs3w6xhDH2ORmml8nXLPLbet8+CpAk2iU1CEtCS12&#10;WPuAHTH1lBKbGVg1SiVqlCFtSWdTLPlbBG8ogxcvs0YrdNtuWGAL1RH3ctBT7i1fNdh8zXx4Zg45&#10;xnlRt+EJD6kAm8BgUVKD+/k3f8xH6DFKSYuaKan/sWdOUKK+GSTl8/jqKoos/aDh3nq3J6/Z63tA&#10;OY7xZViezJgb1MmUDvQrynoZu2GIGY49S7o9mfehVzA+Cy6Wy5SEcrIsrM3G8lg6ghUhfelembMD&#10;7gEZe4STqljxDv4+t4d5uQ8gm8RNBLZHc8AbpZgoG55N1Prb/5R1edyLXwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAJ/VQezfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IfQdrkbhROwVS&#10;GuJUCMQFCVUtiLMTb36aeB3Fbpu8Pc6JHndmNPtNuh1Nx844uMaShGgpgCEVVjdUSfj5/rh/Bua8&#10;Iq06SyhhQgfbbHGTqkTbC+3xfPAVCyXkEiWh9r5POHdFjUa5pe2RglfawSgfzqHielCXUG46vhIi&#10;5kY1FD7Uqse3Gov2cDISHnebvOTH1hy/ps9patry9z0vpby7HV9fgHkc/X8YZvyADllgyu2JtGOd&#10;hDDEBzWOxBrY7EcbEQPLZ+3pYQ08S/n1huwPAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;4yDK8RMCAAAkBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAn9VB7N8AAAALAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" o:allowincell="f" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox inset=",0,,0">
                 <w:txbxContent>
-                  <w:p w14:paraId="0893E188" w14:textId="5DB2C6B1" w:rsidR="00104E63" w:rsidRPr="00104E63" w:rsidRDefault="00104E63" w:rsidP="00104E63">
+                  <w:p w14:paraId="0C9BE995" w14:textId="09F9A5D4" w:rsidR="009E5D07" w:rsidRPr="009E5D07" w:rsidRDefault="009E5D07" w:rsidP="009E5D07">
                     <w:pPr>
                       <w:spacing w:after="0"/>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="008000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00104E63">
+                    <w:r w:rsidRPr="009E5D07">
                       <w:rPr>
                         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                         <w:color w:val="008000"/>
                         <w:sz w:val="24"/>
                       </w:rPr>
                       <w:t>C1 Données Internes</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
               <w10:wrap anchorx="page" anchory="page"/>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="29F7CEB8" w14:textId="77777777" w:rsidR="00104E63" w:rsidRDefault="00104E63" w:rsidP="00104E63">
+    <w:p w14:paraId="395F3C6B" w14:textId="77777777" w:rsidR="009E5D07" w:rsidRDefault="009E5D07" w:rsidP="009E5D07">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38FC7DC2" w14:textId="77777777" w:rsidR="00104E63" w:rsidRDefault="00104E63" w:rsidP="00104E63">
+    <w:p w14:paraId="7F4E952B" w14:textId="77777777" w:rsidR="009E5D07" w:rsidRDefault="009E5D07" w:rsidP="009E5D07">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6A2024DD"/>
+    <w:nsid w:val="04DA41E0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="554255E0"/>
-    <w:lvl w:ilvl="0" w:tplc="040C0001">
+    <w:tmpl w:val="E0EE95E8"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0011">
       <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="562B00C8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FCB2BFC2"/>
+    <w:lvl w:ilvl="0" w:tplc="3F784BB6">
+      <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -6151,224 +16125,360 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1777628625">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="743C7984"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="398CFFB8"/>
+    <w:lvl w:ilvl="0" w:tplc="E974AB2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="430" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:eastAsia="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF"/>
+        <w:spacing w:val="0"/>
+        <w:w w:val="100"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+        <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="E56CFA7A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1359" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="A1DAB292">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2279" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="411C4C0E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3199" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="05725666">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4118" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="12BADC2A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5038" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="C4D26018">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5958" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="E9B8BC70">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6878" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="A656C59A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7797" w:hanging="340"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="910390268">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1321470264">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1717117935">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005B3C92"/>
-[...89 lines deleted...]
-    <w:rsid w:val="7AA5BA8A"/>
+    <w:rsidRoot w:val="00841371"/>
+    <w:rsid w:val="000A5079"/>
+    <w:rsid w:val="001455E3"/>
+    <w:rsid w:val="00200F65"/>
+    <w:rsid w:val="00217B36"/>
+    <w:rsid w:val="002353E1"/>
+    <w:rsid w:val="002C3E3F"/>
+    <w:rsid w:val="0031137D"/>
+    <w:rsid w:val="00355448"/>
+    <w:rsid w:val="003729DF"/>
+    <w:rsid w:val="00417CD3"/>
+    <w:rsid w:val="004C39A4"/>
+    <w:rsid w:val="004D44BC"/>
+    <w:rsid w:val="004F5549"/>
+    <w:rsid w:val="0050098F"/>
+    <w:rsid w:val="00556E7F"/>
+    <w:rsid w:val="005C0F4A"/>
+    <w:rsid w:val="00607849"/>
+    <w:rsid w:val="006F361C"/>
+    <w:rsid w:val="00702CDC"/>
+    <w:rsid w:val="0071028C"/>
+    <w:rsid w:val="00764ECA"/>
+    <w:rsid w:val="0078032B"/>
+    <w:rsid w:val="007A698E"/>
+    <w:rsid w:val="007C34E0"/>
+    <w:rsid w:val="007D1465"/>
+    <w:rsid w:val="00834E72"/>
+    <w:rsid w:val="00841371"/>
+    <w:rsid w:val="00864C86"/>
+    <w:rsid w:val="008C1E08"/>
+    <w:rsid w:val="008C3D14"/>
+    <w:rsid w:val="008E0C20"/>
+    <w:rsid w:val="008F4E6D"/>
+    <w:rsid w:val="00900A0F"/>
+    <w:rsid w:val="00935F52"/>
+    <w:rsid w:val="00977DE2"/>
+    <w:rsid w:val="009A5B66"/>
+    <w:rsid w:val="009B63FC"/>
+    <w:rsid w:val="009E5D07"/>
+    <w:rsid w:val="009E7EE6"/>
+    <w:rsid w:val="009F45F3"/>
+    <w:rsid w:val="00A13F5C"/>
+    <w:rsid w:val="00AE00F4"/>
+    <w:rsid w:val="00AE347A"/>
+    <w:rsid w:val="00B7661C"/>
+    <w:rsid w:val="00BF55C6"/>
+    <w:rsid w:val="00C761A6"/>
+    <w:rsid w:val="00CA61DD"/>
+    <w:rsid w:val="00D258D4"/>
+    <w:rsid w:val="00D5619D"/>
+    <w:rsid w:val="00D636DA"/>
+    <w:rsid w:val="00D7278B"/>
+    <w:rsid w:val="00D770FF"/>
+    <w:rsid w:val="00DC535B"/>
+    <w:rsid w:val="00DF4DFC"/>
+    <w:rsid w:val="00EC5E1A"/>
+    <w:rsid w:val="00F1150A"/>
+    <w:rsid w:val="00F14523"/>
+    <w:rsid w:val="00F441A2"/>
+    <w:rsid w:val="00FB4E70"/>
+    <w:rsid w:val="00FC048D"/>
+    <w:rsid w:val="04DC9BED"/>
+    <w:rsid w:val="068660F6"/>
+    <w:rsid w:val="08051E92"/>
+    <w:rsid w:val="08223157"/>
+    <w:rsid w:val="09ADC300"/>
+    <w:rsid w:val="09BE01B8"/>
+    <w:rsid w:val="09D72A15"/>
+    <w:rsid w:val="0B8748AA"/>
+    <w:rsid w:val="0CF5A27A"/>
+    <w:rsid w:val="0E6F60F6"/>
+    <w:rsid w:val="19A5F910"/>
+    <w:rsid w:val="19B727B6"/>
+    <w:rsid w:val="19DC1308"/>
+    <w:rsid w:val="1A4D184B"/>
+    <w:rsid w:val="1D67879B"/>
+    <w:rsid w:val="2455A25E"/>
+    <w:rsid w:val="29291381"/>
+    <w:rsid w:val="338825B1"/>
+    <w:rsid w:val="415236B6"/>
+    <w:rsid w:val="42247915"/>
+    <w:rsid w:val="46297DA1"/>
+    <w:rsid w:val="4637B6BB"/>
+    <w:rsid w:val="47092C14"/>
+    <w:rsid w:val="476EA202"/>
+    <w:rsid w:val="47A9FDD5"/>
+    <w:rsid w:val="480016B5"/>
+    <w:rsid w:val="4A510B8E"/>
+    <w:rsid w:val="4C974381"/>
+    <w:rsid w:val="58B2369A"/>
+    <w:rsid w:val="5F21781E"/>
+    <w:rsid w:val="5F9D359B"/>
+    <w:rsid w:val="610704CB"/>
+    <w:rsid w:val="66293A31"/>
+    <w:rsid w:val="6CB67CA0"/>
+    <w:rsid w:val="7327360C"/>
+    <w:rsid w:val="739E226C"/>
+    <w:rsid w:val="7DA0B47A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6EF1708E"/>
+  <w14:docId w14:val="21BF2F00"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{C7BC5C1A-FA93-48C1-BDE4-F7F915B229DB}"/>
+  <w15:docId w15:val="{7EB3FF29-E319-49DC-8260-4BE0674B2BCB}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6388,51 +16498,51 @@
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6703,322 +16813,351 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Titre2">
-[...21 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Titre2Car">
-[...25 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:styleId="Textedebulles">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextedebullesCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F238DF"/>
+    <w:rsid w:val="00D5619D"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Textedebulles"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00F238DF"/>
+    <w:rsid w:val="00D5619D"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Marquedecommentaire">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00303B21"/>
+    <w:rsid w:val="00D5619D"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Commentaire">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentaireCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00303B21"/>
+    <w:rsid w:val="00D5619D"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentaireCar">
     <w:name w:val="Commentaire Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Commentaire"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00303B21"/>
+    <w:rsid w:val="00D5619D"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Objetducommentaire">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="Commentaire"/>
     <w:next w:val="Commentaire"/>
     <w:link w:val="ObjetducommentaireCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00303B21"/>
+    <w:rsid w:val="00D5619D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ObjetducommentaireCar">
     <w:name w:val="Objet du commentaire Car"/>
     <w:basedOn w:val="CommentaireCar"/>
     <w:link w:val="Objetducommentaire"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00303B21"/>
+    <w:rsid w:val="00D5619D"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
+    <w:rsid w:val="00CA61DD"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...1 lines deleted...]
-    <w:rsid w:val="00966F8B"/>
+  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AE347A"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...2 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="En-tte">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="En-tteCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00104E63"/>
+    <w:rsid w:val="009E5D07"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="En-tteCar">
     <w:name w:val="En-tête Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="En-tte"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00104E63"/>
+    <w:rsid w:val="009E5D07"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Pieddepage">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PieddepageCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00104E63"/>
+    <w:rsid w:val="009E5D07"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
     <w:name w:val="Pied de page Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Pieddepage"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="00104E63"/>
+    <w:rsid w:val="009E5D07"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Rvision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="004C39A4"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:uiPriority w:val="2"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00417CD3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
+    <w:name w:val="Table Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00417CD3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Corpsdetexte">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="CorpsdetexteCar"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00417CD3"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CorpsdetexteCar">
+    <w:name w:val="Corps de texte Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Corpsdetexte"/>
+    <w:uiPriority w:val="1"/>
+    <w:rsid w:val="00417CD3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial MT" w:eastAsia="Arial MT" w:hAnsi="Arial MT" w:cs="Arial MT"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
-    <w:div w:id="516235187">
+    <w:div w:id="1964460031">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:livre@grandest.fr" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.artistes-auteurs.urssaf.fr" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:livre@grandest.fr" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:demarches.livre.lecture.drac.grandest@culture.gouv.fr" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:livre@grandest.fr" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.artistes-auteurs.urssaf.fr" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:demarches.livre.lecture.drac.grandest@culture.gouv.fr" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7255,56 +17394,50 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...4 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100FA265A3A4A1F8C48A6526C2F4F114F37" ma:contentTypeVersion="14" ma:contentTypeDescription="Crée un document." ma:contentTypeScope="" ma:versionID="ebed27787c5e8cb5531371a00ad99997">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="f03d9d01-c8a7-441e-8537-d68c3fb1154d" xmlns:ns4="a77634c1-9186-474d-b744-18f77ddc8255" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="59571df565efb2c956419eb599d10553" ns3:_="" ns4:_="">
     <xsd:import namespace="f03d9d01-c8a7-441e-8537-d68c3fb1154d"/>
     <xsd:import namespace="a77634c1-9186-474d-b744-18f77ddc8255"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns4:MediaServiceKeyPoints" minOccurs="0"/>
               </xsd:all>
@@ -7489,169 +17622,175 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D5498267-4C74-47FA-8F90-6099BE2DBE03}">
-[...16 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1944B532-0C7E-43EC-BDDE-9FE3E6A570EC}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E54626B4-437B-4F57-B8AD-AE7C161CAB6C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="f03d9d01-c8a7-441e-8537-d68c3fb1154d"/>
     <ds:schemaRef ds:uri="a77634c1-9186-474d-b744-18f77ddc8255"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F183CAF6-025C-47D0-AF2B-E43EBBDFCE04}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{45C2549D-C9B3-4827-810A-FE7A6A8E0983}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60CB03F5-6216-4FB1-A8BA-9ACE674EA8CC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="f03d9d01-c8a7-441e-8537-d68c3fb1154d"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="a77634c1-9186-474d-b744-18f77ddc8255"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DB0C6BAD-8965-40B0-A957-675F14224BE5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D68C13B0-C90D-4516-A1CC-AAAE2A361C81}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>9367</Characters>
+  <Pages>9</Pages>
+  <Words>2271</Words>
+  <Characters>12496</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>78</Lines>
-  <Paragraphs>22</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministère de la Culture</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11047</CharactersWithSpaces>
+  <CharactersWithSpaces>14738</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>GIOVANNELLI Rachel</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100FA265A3A4A1F8C48A6526C2F4F114F37</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_SetDate">
-    <vt:lpwstr>2024-03-01T14:39:15Z</vt:lpwstr>
+    <vt:lpwstr>2024-03-01T15:04:14Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_Method">
     <vt:lpwstr>Standard</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_Name">
     <vt:lpwstr>Donnée Interne</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_SiteId">
     <vt:lpwstr>5d0b42b2-7ba0-42b9-bd88-2dd1558bd190</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_ActionId">
-    <vt:lpwstr>efbf3d0e-6679-4417-939f-4e9ea511c5c2</vt:lpwstr>
+    <vt:lpwstr>a65b58cb-6bb8-4fba-be62-3686c5ae8472</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_37f782e2-1048-4ae6-8561-ea50d7047004_ContentBits">
     <vt:lpwstr>2</vt:lpwstr>
   </property>
 </Properties>
 </file>